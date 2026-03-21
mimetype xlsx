--- v0 (2025-11-06)
+++ v1 (2026-03-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2ddf257f3c4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81a67a425f3640c59779e257aa0769f9.psmdcp" Id="R9c7ce2ccd38a4a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1295d45d5244e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31fd2d2cf18c4adfa313010884d6bafe.psmdcp" Id="R4127f20c9f5346a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1015</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over with a Disability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1015/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,371 +496,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="ILO Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N769" totalsRowShown="0">
   <x:autoFilter ref="A1:N769"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02686V03253"/>
     <x:tableColumn id="8" name="Type of Disability"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="ILO Economic Status"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1135,51 +942,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1015/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1366,51 +1173,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N769"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="51.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="65.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="48.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -35240,51 +35047,51 @@
       <x:c r="K769" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L769" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M769" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N769" s="0">
         <x:v>242473</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35301,51 +35108,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N769" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1015"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over with a Disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -36134,27 +35941,12316 @@
         <x:n v="58427"/>
         <x:n v="57531"/>
         <x:n v="26839"/>
         <x:n v="306"/>
         <x:n v="26519"/>
         <x:n v="35806"/>
         <x:n v="353"/>
         <x:n v="16"/>
         <x:n v="35437"/>
         <x:n v="50867"/>
         <x:n v="505"/>
         <x:n v="50335"/>
         <x:n v="49133"/>
         <x:n v="530"/>
         <x:n v="48588"/>
         <x:n v="245553"/>
         <x:n v="2953"/>
         <x:n v="242473"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306396"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54284"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6221"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245891"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74270"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16219"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56528"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170812"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21279"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147241"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94346"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14244"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78096"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82422"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5490"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76515"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118142"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8825"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108443"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181270"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19394"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159194"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721262"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85451"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9794"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626017"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140879"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32912"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103952"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35767"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10648"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24054"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72760"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12438"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58896"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43488"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8519"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33680"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31530"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28173"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43626"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38342"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82630"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11639"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69244"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309801"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51161"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6251"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252389"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165517"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21372"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141939"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38503"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5571"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32474"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98052"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8841"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88345"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50858"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5725"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44416"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50892"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48342"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74516"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70101"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98640"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7755"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89950"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411461"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34290"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373628"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8835"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6616"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5120"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17651"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14438"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9987"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8093"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7664"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6345"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10890"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5752"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5004"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21693"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13579"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6022"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12073"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4868"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9620"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25021"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10331"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13213"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9153"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5444"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9425"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5722"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4218"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7476"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14667"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9955"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49651"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16377"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30962"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12679"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5783"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5195"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7341"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25462"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9226"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14825"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12342"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4625"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4230"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7326"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5336"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24189"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7151"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16137"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33189"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11907"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19908"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6037"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14192"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9251"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10876"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7181"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4164"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8661"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6607"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20687"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15630"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65809"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18532"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45109"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16129"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7027"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8214"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6721"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3926"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5577"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9656"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6681"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31860"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10792"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19694"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17060"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4880"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11694"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7471"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11031"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8949"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33949"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7740"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25415"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42983"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12521"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29094"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8268"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21895"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15964"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11671"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8529"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10106"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8424"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27317"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22423"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86397"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19024"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65158"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22052"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13396"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4933"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10769"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7254"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13807"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10807"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43250"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11554"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30150"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20931"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4811"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15698"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11126"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8710"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4366"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4936"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13510"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11616"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43147"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7470"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35008"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49782"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9200"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39939"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2880"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6453"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28795"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4536"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23930"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10722"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8936"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9220"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8237"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12005"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10825"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31524"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28145"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101797"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14261"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86526"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27195"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6092"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20629"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5707"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15165"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12059"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5841"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17886"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15645"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54458"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9324"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44401"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22587"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19310"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13630"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11871"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4881"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6541"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6054"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13638"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12500"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47339"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42125"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135696"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131369"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41415"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39949"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90985"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88614"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41528"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40717"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52985"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52211"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73556"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72483"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77795"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76271"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378264"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7764"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370245"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51773"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48906"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16934"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15886"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32558"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31083"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14689"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14198"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17179"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16774"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22689"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22148"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28662"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27683"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132711"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4811"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127772"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83923"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82463"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24481"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24063"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58427"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57531"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26839"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26519"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35806"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35437"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50867"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50335"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49133"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48588"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245553"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1015"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242473"/>
+  </r>
+</pivotCacheRecords>
 </file>