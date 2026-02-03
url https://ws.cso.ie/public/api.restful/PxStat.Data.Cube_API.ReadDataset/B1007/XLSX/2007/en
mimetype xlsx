--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9965084c88944f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08080eb1774440f7b71667f256067aaf.psmdcp" Id="R2c52623f833245f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16a1aaf492544b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8969075d0fc74a88bf6a706c52d5b9cc.psmdcp" Id="R9906c6ab4b1f4e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1007</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population with a Disability Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1007/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,347 +484,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L265" totalsRowShown="0">
   <x:autoFilter ref="A1:L265"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1097,51 +916,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1007/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1328,51 +1147,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="67.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11434,51 +11253,51 @@
       <x:c r="I265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>418275</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11495,51 +11314,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1007"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population with a Disability Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -11846,27 +11665,3724 @@
         <x:n v="334"/>
         <x:n v="225"/>
         <x:n v="329"/>
         <x:n v="192"/>
         <x:n v="82"/>
         <x:n v="1071"/>
         <x:n v="98027"/>
         <x:n v="397122"/>
         <x:n v="15603"/>
         <x:n v="10455"/>
         <x:n v="1255"/>
         <x:n v="846"/>
         <x:n v="758"/>
         <x:n v="1023"/>
         <x:n v="843"/>
         <x:n v="423"/>
         <x:n v="5550"/>
         <x:n v="418275"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302449"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14684"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8830"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320853"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73680"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77666"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165363"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6978"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174436"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99724"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105383"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81392"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85770"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110582"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5023"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117394"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170270"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7721"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4885"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180009"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="701011"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29753"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19051"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="740658"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141243"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7408"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150343"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35637"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37619"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70847"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74892"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48196"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51044"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31694"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33564"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40338"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43282"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77177"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81982"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303889"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14150"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8596"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322383"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161206"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7276"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170510"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38043"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40047"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94516"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99544"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51528"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54339"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49698"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52206"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70244"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74112"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93093"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98027"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397122"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15603"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10455"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="B1007"/>
+    <s v="2002 Population with a Disability Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418275"/>
+  </r>
+</pivotCacheRecords>
 </file>