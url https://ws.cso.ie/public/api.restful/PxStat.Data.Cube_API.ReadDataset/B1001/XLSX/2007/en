--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545b079997ee4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0601704fab84173b0c10f3cafe92584.psmdcp" Id="R403807af59a74089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e6ab6802c84bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/723930131ef4469b9b22fde33871f76f.psmdcp" Id="Rd9ec64686e964117" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1001</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population with a Disability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1001/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,379 +496,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N730" totalsRowShown="0">
   <x:autoFilter ref="A1:N730"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02701V03269"/>
     <x:tableColumn id="8" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="9" name="C02196V02652"/>
     <x:tableColumn id="10" name="Regional Authority"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1143,51 +944,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1001/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1374,51 +1175,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N730"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="19.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -33532,51 +33333,51 @@
       <x:c r="K730" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L730" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M730" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N730" s="0">
         <x:v>24986</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33593,51 +33394,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N730" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1001"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population with a Disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -34430,27 +34231,11692 @@
         <x:n v="257466"/>
         <x:n v="18575"/>
         <x:n v="10252"/>
         <x:n v="15991"/>
         <x:n v="112803"/>
         <x:n v="20616"/>
         <x:n v="17683"/>
         <x:n v="21884"/>
         <x:n v="39662"/>
         <x:n v="163435"/>
         <x:n v="31802"/>
         <x:n v="13417"/>
         <x:n v="29957"/>
         <x:n v="4755"/>
         <x:n v="15426"/>
         <x:n v="20019"/>
         <x:n v="23073"/>
         <x:n v="24986"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432534"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225363"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380297"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122821"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412625"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339591"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423616"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580356"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2334282"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143858"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84021"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128837"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1095797"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234973"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146761"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180053"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319982"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1582921"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288676"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141342"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251460"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27024"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177652"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192830"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243563"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260374"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323707"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38516"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18653"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33360"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90867"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28564"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28735"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35626"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49386"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197770"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13730"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7662"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11495"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88408"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16060"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13626"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16861"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29928"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125937"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24786"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10991"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21865"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12504"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15109"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18765"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19458"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78320"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9111"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8038"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22362"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6923"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6812"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8797"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48028"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21819"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7134"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30292"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5336"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175830"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21551"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10259"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18960"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47410"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15388"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15923"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19400"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26939"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105854"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7676"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6330"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45981"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8612"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7447"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9204"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16360"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69976"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13875"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6015"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12630"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6776"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8476"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10196"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10579"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106026"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12366"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6275"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11539"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29379"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11478"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15926"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65604"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28129"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9784"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40422"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7685"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5908"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6142"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86245"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10931"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5157"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10406"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21825"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7813"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9274"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13477"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50593"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20758"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8070"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35652"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7122"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6805"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4840"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5407"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118142"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14857"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6949"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13878"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30532"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9652"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10726"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12840"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18708"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69086"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5156"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29189"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5176"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4899"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11051"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49056"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9701"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9291"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5827"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7657"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181270"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22525"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10422"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20155"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47222"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15419"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16660"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20281"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28586"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108127"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7977"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45612"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8558"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7873"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9491"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17335"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73143"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14548"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13224"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6861"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8787"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10790"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11251"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="745833"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91341"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43709"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82976"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198730"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64247"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67494"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82070"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115266"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447292"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32486"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18531"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28648"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191488"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35737"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31666"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39002"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69734"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298541"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58855"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25178"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54328"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7242"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28510"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35828"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43068"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45532"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217421"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114070"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191099"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544075"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207268"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170558"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212784"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288889"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1133507"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69214"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41294"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61543"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530476"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116148"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71585"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88041"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155206"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="812657"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148207"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72776"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129556"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13599"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91120"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98973"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124743"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133683"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151806"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18485"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9157"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16108"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40008"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13621"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13683"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17388"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23356"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89896"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6282"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39014"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6399"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7926"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13844"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61910"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12203"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5516"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10703"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6236"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7284"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9462"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9512"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37979"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3827"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10305"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3530"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4299"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5773"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22843"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10090"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3469"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15136"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75518"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9555"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8313"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19109"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6631"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6981"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8696"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11556"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44070"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18600"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31448"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6313"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5618"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4733"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4625"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51383"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5595"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13665"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7804"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31390"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13221"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4700"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19993"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3383"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33796"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4206"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7999"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5371"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19458"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7692"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14338"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43626"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5433"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24697"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10031"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18929"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82630"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10631"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5023"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9654"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19646"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7060"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7660"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13143"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47368"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3220"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19051"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7789"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35262"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7054"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4095"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5417"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5354"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324932"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40964"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20040"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37028"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81172"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28205"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29792"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37113"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50618"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189826"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13911"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8279"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12657"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78685"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15121"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13983"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17118"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30072"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135106"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27053"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11761"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24371"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13084"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15809"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19995"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20546"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215113"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111293"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189198"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578746"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205357"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169033"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210832"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291467"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1200775"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74644"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42727"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67294"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565321"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118825"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75176"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92012"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164776"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="770264"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140469"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68566"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121904"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13425"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86532"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93857"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118820"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126691"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171901"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20031"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9496"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17252"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50859"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14943"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15052"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18238"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26030"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107874"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6090"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49394"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7227"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8935"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16084"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64027"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12583"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11162"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7825"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9303"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9946"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40341"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4601"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12057"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5857"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25185"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11729"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15156"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100312"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11996"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5582"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10647"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28301"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8757"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10704"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15383"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61784"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27381"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4221"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5241"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9429"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38528"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7562"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3194"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7012"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5954"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54643"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6181"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15714"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4885"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8122"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34214"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14908"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5084"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20429"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3746"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52449"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6200"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13826"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4522"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4673"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5556"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8106"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31135"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13066"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21314"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4164"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74516"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9174"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8445"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20084"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6126"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6718"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7971"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11737"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44389"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2825"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19158"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7031"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30127"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5893"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98640"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11894"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10501"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27576"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8359"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10468"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15443"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60759"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26561"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4800"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5095"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9546"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37881"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7494"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6790"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5373"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420901"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50377"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23669"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45948"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117558"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36042"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37702"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44957"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64648"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257466"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18575"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10252"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15991"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112803"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20616"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17683"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21884"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39662"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163435"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31802"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13417"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29957"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4755"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15426"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20019"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23073"/>
+  </r>
+  <r>
+    <s v="B1001"/>
+    <s v="2002 Population with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24986"/>
+  </r>
+</pivotCacheRecords>
 </file>