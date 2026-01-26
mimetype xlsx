--- v0 (2025-11-13)
+++ v1 (2026-01-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9bfa0ce7abf4800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/171a19d84fba4ea384ff7fed13882118.psmdcp" Id="R76ade7f16e724317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7034759d61494f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f86cb14266843fb9c8ec9fc55f43cc5.psmdcp" Id="R70afce5b33384692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0926</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/10/2020 11:00:00 AM</x:t>
+    <x:t>10/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0926/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Travel to Work School and College 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -619,547 +619,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02588V03141" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Distance Travelled" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02698V03266" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Motor Car Availability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L701" totalsRowShown="0">
   <x:autoFilter ref="A1:L701"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02588V03141"/>
     <x:tableColumn id="4" name="Distance Travelled"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County and City"/>
     <x:tableColumn id="7" name="C02698V03266"/>
     <x:tableColumn id="8" name="Motor Car Availability"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1432,51 +1101,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0926/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1663,51 +1332,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L701"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="139.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="42.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28337,51 +28006,51 @@
       <x:c r="I701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L701" s="0">
         <x:v>412</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28398,51 +28067,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L701" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0926"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02588V03141">
       <x:sharedItems count="10">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="061"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="091"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="10"/>
       </x:sharedItems>
@@ -29173,27 +28842,9828 @@
         <x:n v="758"/>
         <x:n v="1371"/>
         <x:n v="565"/>
         <x:n v="2312"/>
         <x:n v="251"/>
         <x:n v="2025"/>
         <x:n v="6210"/>
         <x:n v="1035"/>
         <x:n v="5108"/>
         <x:n v="896"/>
         <x:n v="331"/>
         <x:n v="2420"/>
         <x:n v="632"/>
         <x:n v="2818"/>
         <x:n v="5265"/>
         <x:n v="881"/>
         <x:n v="2718"/>
         <x:n v="412"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1385148"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158821"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15908"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150868"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55049"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71904"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6084"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80950"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6758"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96882"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9172"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66317"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29188"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21106"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34133"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53484"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22430"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25302"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39819"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41765"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37837"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36307"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7235"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123114"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44231"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15113"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45486"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21770"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27107"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14561"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20388"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20950"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4339"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50284"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8922"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38849"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18922"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20282"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19721"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42194"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18741"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="All distances"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67142"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8234"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3381"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="0 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167102"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37679"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19746"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11249"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5901"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7527"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6930"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5777"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4390"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4455"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12741"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4252"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4242"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3754"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5771"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6430"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="1 kilometre"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120509"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19772"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20967"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8194"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7886"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2610"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6365"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7369"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="061"/>
+    <s v="2 to 4 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183522"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20435"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37922"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9655"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14440"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8002"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17594"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8394"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13364"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4586"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3342"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3696"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="5 to 9 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273539"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18801"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35413"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25476"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22723"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33517"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9440"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4804"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3181"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4893"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7239"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5933"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6050"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25588"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6537"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4443"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8206"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6013"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6936"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="10 to 14 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162865"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7933"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10366"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8407"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17660"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13096"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10723"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15110"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4919"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5646"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7130"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4508"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="091"/>
+    <s v="15 to 24 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176103"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6451"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12304"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5751"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17137"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12735"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9359"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6775"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19565"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8438"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2907"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11156"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="11"/>
+    <s v="25 to 49 kilometres"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86072"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6512"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8704"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4431"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7643"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="12"/>
+    <s v="50 kilometres and over"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148294"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40831"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17338"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14789"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9182"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5091"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4990"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4046"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5750"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6210"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5108"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5265"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="B0926"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+</pivotCacheRecords>
 </file>