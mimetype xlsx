--- v1 (2026-01-26)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7034759d61494f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f86cb14266843fb9c8ec9fc55f43cc5.psmdcp" Id="R70afce5b33384692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b25683abc8438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e204cd79082d4df18405fbf8937bd174.psmdcp" Id="R9146d38af29b4362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>