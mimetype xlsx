--- v0 (2025-11-13)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13c5c06e1de24432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/765ea354a2df42c0ac01dc3e3651b5e3.psmdcp" Id="Rb70c935668d04556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5080f5006584831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a427d5bddc154d05a625c68c58aefdb4.psmdcp" Id="R18a6d7c4946b447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0925</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/10/2020 11:00:00 AM</x:t>
+    <x:t>10/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0925/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Travel to Work School and College 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -625,563 +625,220 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02734V03302" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Means of Travel" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02698V03266" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Motor Car Availability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L841" totalsRowShown="0">
   <x:autoFilter ref="A1:L841"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02734V03302"/>
     <x:tableColumn id="4" name="Means of Travel"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County and City"/>
     <x:tableColumn id="7" name="C02698V03266"/>
     <x:tableColumn id="8" name="Motor Car Availability"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1454,51 +1111,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0925/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1685,51 +1342,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L841"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="139.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="27.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="42.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -33679,51 +33336,51 @@
       <x:c r="I841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K841" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L841" s="0">
         <x:v>1362</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33740,51 +33397,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L841" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0925"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02734V03302">
       <x:sharedItems count="12">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="16"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="98"/>
@@ -34518,27 +34175,11788 @@
         <x:n v="2372"/>
         <x:n v="20388"/>
         <x:n v="1130"/>
         <x:n v="20950"/>
         <x:n v="4339"/>
         <x:n v="50284"/>
         <x:n v="2869"/>
         <x:n v="8922"/>
         <x:n v="38849"/>
         <x:n v="2858"/>
         <x:n v="18922"/>
         <x:n v="20282"/>
         <x:n v="19721"/>
         <x:n v="1308"/>
         <x:n v="42194"/>
         <x:n v="3272"/>
         <x:n v="18741"/>
         <x:n v="1362"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113454"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60165"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22743"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20757"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5319"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5541"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7880"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3708"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22208"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10751"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7453"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67947"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33845"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21341"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17620"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6906"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6490"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26932"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5501"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7382"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="16"/>
+    <s v="Train or DART"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13915"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="846042"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10874"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9654"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74454"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44648"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50258"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60851"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42810"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18039"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12594"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20607"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34701"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13580"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16134"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23830"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25372"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24554"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21648"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81104"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26594"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9040"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29836"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13324"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16646"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9347"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13263"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13008"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31750"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23869"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11908"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12936"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11970"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24853"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89790"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15123"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7709"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3535"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102956"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5618"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3908"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4848"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10299"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3604"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5180"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5078"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="08"/>
+    <s v="Lorry or van"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4466"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="09"/>
+    <s v="Other means of travel"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86447"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7492"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10692"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3807"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10991"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8247"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1385148"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158821"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15908"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150868"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55049"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71904"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6084"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80950"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6758"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96882"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9172"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66317"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29188"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21106"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34133"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53484"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22430"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25302"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39819"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41765"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37837"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36307"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7235"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123114"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44231"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15113"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45486"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21770"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27107"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14561"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20388"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20950"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4339"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50284"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8922"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38849"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18922"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20282"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19721"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42194"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="6"/>
+    <s v="Persons in households having at least one car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18741"/>
+  </r>
+  <r>
+    <s v="B0925"/>
+    <s v="2002 Population at Work Aged 15 Years and Over in Private Households in Permanent Housing Units, Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="7"/>
+    <s v="Persons in households not having a motor car"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+</pivotCacheRecords>
 </file>