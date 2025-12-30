--- v0 (2025-11-09)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46005adf5a384f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1ca9b3ae0524d628ea3ea04321dc9cc.psmdcp" Id="Rbd3fbce60d04494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfea57fb17154bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4504785cd0c4153a21f2184f24d719a.psmdcp" Id="Rce0a6657968c46fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0910</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident and Present in their Usual Residence on Census Night</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/9/2020 11:00:00 AM</x:t>
+    <x:t>09/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Persons at work excludes those who mainly work at or from home.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0910/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Travel to Work School and College 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -505,379 +505,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02801V03370" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Travelling Time" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Work School or College" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N865" totalsRowShown="0">
   <x:autoFilter ref="A1:N865"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02801V03370"/>
     <x:tableColumn id="8" name="Travelling Time"/>
     <x:tableColumn id="9" name="C02704V03272"/>
     <x:tableColumn id="10" name="At Work School or College"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1152,51 +953,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0910/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1385,51 +1186,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="79.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="54.282054" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -39483,51 +39284,51 @@
       <x:c r="K865" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L865" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M865" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N865" s="0">
         <x:v>657</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39544,51 +39345,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0910"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -40474,27 +40275,13852 @@
         <x:n v="8957"/>
         <x:n v="29828"/>
         <x:n v="6144"/>
         <x:n v="8463"/>
         <x:n v="13805"/>
         <x:n v="1199"/>
         <x:n v="3414"/>
         <x:n v="2229"/>
         <x:n v="4261"/>
         <x:n v="885"/>
         <x:n v="2067"/>
         <x:n v="69"/>
         <x:n v="453"/>
         <x:n v="9"/>
         <x:n v="199"/>
         <x:n v="2290"/>
         <x:n v="1501"/>
         <x:n v="657"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1465144"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421973"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310903"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113726"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383558"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267582"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108812"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21301"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="414846"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90341"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108418"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30435"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251531"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19791"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46480"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22110"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107366"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13538"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97790"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12313"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39916"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6655"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170137"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35300"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23308"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9849"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145348"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49885"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37464"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8595"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54239"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32766"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12670"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41552"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10204"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12895"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16696"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6343"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5082"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4360"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17869"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79068"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26423"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19220"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27067"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17395"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7091"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21314"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5094"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6536"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8976"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10186"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128969"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41557"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32998"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10886"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42690"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28967"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12168"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37687"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7265"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11420"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18474"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6477"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16898"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="472015"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108660"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77537"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44816"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69908"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58786"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24994"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130950"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28332"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27166"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11081"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109114"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7003"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11413"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10241"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53125"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5152"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46106"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6370"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10174"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52638"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10522"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165392"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48455"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33626"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10134"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37269"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30599"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10957"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36384"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10926"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11525"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25488"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16111"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22845"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16442"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121940"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36915"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27546"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9039"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36638"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25197"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10022"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36392"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9546"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21199"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7341"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4411"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14160"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146795"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48082"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35362"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8125"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52993"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32514"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13004"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43555"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12464"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17768"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5132"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18206"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205617"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61996"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47150"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18114"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62754"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41358"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17906"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67012"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12558"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16866"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5591"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33816"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6741"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6011"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23738"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="846585"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216557"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154440"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52461"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207717"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137290"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55183"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9690"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224160"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46151"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53109"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13954"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145368"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10265"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22558"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10430"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61628"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6513"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59878"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4048"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5669"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27314"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120520"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18099"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12060"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85125"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25617"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18256"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29994"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16782"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6220"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22068"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9649"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13149"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47353"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13515"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9644"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15197"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8949"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11301"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5229"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7473"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74788"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21346"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16504"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4854"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23124"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14948"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20261"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3686"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10532"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12364"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261438"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55997"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38708"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21503"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34554"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30239"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13272"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70075"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14532"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13098"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5480"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61595"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5474"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29283"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25126"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5853"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34952"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3336"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99129"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24929"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16536"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20275"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15773"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5515"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19760"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15592"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10142"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14614"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6772"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11974"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71289"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18896"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13865"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20168"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12997"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5202"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19955"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12468"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10190"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86930"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24561"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17412"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3556"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29677"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16539"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23556"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4674"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10292"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3469"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13324"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120533"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31696"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23515"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8284"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34728"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21063"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8949"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37184"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6414"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8403"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20011"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3944"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17094"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="618559"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205416"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156463"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61265"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175841"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130292"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53629"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11611"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190686"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44190"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55309"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16481"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106163"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9526"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23922"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11680"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45738"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7025"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37912"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12602"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49617"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17201"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11248"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5007"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60223"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24268"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19208"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24245"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15984"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6450"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19484"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6623"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7047"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4720"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31715"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12908"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9576"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11870"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8446"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10013"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54181"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20211"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16494"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6032"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19566"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17426"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7942"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210577"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52663"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38829"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23313"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35354"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28547"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11722"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60875"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13800"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14068"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47519"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5939"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5229"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23842"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20980"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17686"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5093"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66263"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23526"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17090"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16994"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14826"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5442"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16624"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5912"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9896"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5969"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8231"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50651"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18019"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13681"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16470"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12200"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4820"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16437"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3460"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8731"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59865"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23521"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17950"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4569"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23316"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15975"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6431"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19999"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7476"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85084"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30300"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23635"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9830"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28026"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20295"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8957"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29828"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8463"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13805"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="B0910"/>
+    <s v="2002 Population Usually Resident and Present in their Usual Residence on Census Night"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+</pivotCacheRecords>
 </file>