--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee071cbe9df4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6d3bc2b0cc94464a455b83e4c5251ec.psmdcp" Id="Ra6bc6c1379e14e60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdffcbe1675e74688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea70fa9e855745b9b396a0ae5f4cfca6.psmdcp" Id="Rbc357f5f9d9f4932" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0901</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident in the State at each Census Since 1981</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/9/2020 11:00:00 AM</x:t>
+    <x:t>09/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0901/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P9</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 9 - Travel to Work School and College 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -475,347 +475,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02734V03302" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Means of Travel" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Work School or College" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L661" totalsRowShown="0">
   <x:autoFilter ref="A1:L661"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02734V03302"/>
     <x:tableColumn id="6" name="Means of Travel"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="At Work School or College"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1088,51 +907,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0901/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1319,51 +1138,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="65.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="54.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26473,51 +26292,51 @@
       <x:c r="I661" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>74709</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26534,51 +26353,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0901"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -27260,27 +27079,9268 @@
         <x:n v="400352"/>
         <x:n v="499239"/>
         <x:n v="665845"/>
         <x:n v="270396"/>
         <x:n v="271501"/>
         <x:n v="258362"/>
         <x:n v="228335"/>
         <x:n v="210314"/>
         <x:n v="153267"/>
         <x:n v="170322"/>
         <x:n v="175347"/>
         <x:n v="185504"/>
         <x:n v="161792"/>
         <x:n v="14159"/>
         <x:n v="22153"/>
         <x:n v="31650"/>
         <x:n v="51891"/>
         <x:n v="74709"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="151952"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="136000"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="126158"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148376"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183848"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="262357"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="251947"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="209067"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154776"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112511"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="89893"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="105292"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="99751"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102231"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82616"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="7692"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="12291"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19150"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31558"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44508"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="46994"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="60750"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="50257"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46432"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34250"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="22139"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="23635"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22407"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11671"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4828"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="38815"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="50648"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="45632"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28202"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11118"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="7439"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="11929"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11898"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12703"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="109988"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="93336"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="87377"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98289"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107315"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="106059"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="105245"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="109745"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100433"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75993"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="112424"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="114827"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="124135"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142827"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120555"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="10506"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16531"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28037"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37436"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="14374"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="16096"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19834"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22568"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33066"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4347"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4820"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6362"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8094"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="17633"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="15614"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12713"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12164"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17329"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="407347"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="402878"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="442293"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="599282"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="887168"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6036"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20090"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="91299"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="89831"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="90999"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112432"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108382"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="109611"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="133624"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="147036"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167904"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217308"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="23870"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="36666"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49082"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71695"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89468"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8922"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12804"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="24130"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="33354"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="45903"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55158"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115168"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="220833"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="186856"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="225236"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158749"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97567"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="7297"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="14437"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6159"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4459"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="45794"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="48932"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36687"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40560"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26788"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="45770"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="39439"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37797"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27293"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12481"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="16349"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="17818"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17066"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11555"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4034"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4573"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1130344"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1083647"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1137457"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1294010"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1610881"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="555010"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="557276"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="530605"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="469541"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432217"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="300143"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="338091"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="348922"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="371004"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321598"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="32711"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="47867"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="66401"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101780"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136939"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="82130"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="69916"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="58989"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67964"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83279"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="135043"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="129973"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="107125"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79164"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57570"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="41943"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="50585"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="46865"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48906"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40249"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5932"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9024"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13491"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18273"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="32029"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="39469"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34337"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33852"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26423"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="13512"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="14507"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14203"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7837"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="24725"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="31522"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30860"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21783"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10072"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="4399"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="7290"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7612"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8217"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5516"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="52166"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="41878"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35824"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40512"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48286"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="53441"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="52928"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="55474"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51008"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38590"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="50927"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="52597"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="57146"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67519"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57417"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4841"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7880"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12781"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16507"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="9012"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="9492"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10352"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11489"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16897"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="15622"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="12827"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10463"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10874"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15122"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="334399"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="308726"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="303338"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="378075"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500004"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3077"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8643"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="41958"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="34726"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33067"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45519"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52705"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="53987"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="66293"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="73398"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84966"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110882"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="10100"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="16044"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="21937"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33103"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42001"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4259"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="22525"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="31142"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="41646"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51862"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111891"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="185994"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="159914"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="189110"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127913"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72712"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="8436"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="27915"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="28409"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19979"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26711"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17717"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="23615"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="20344"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19591"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14406"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6421"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="8218"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="9296"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9068"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5946"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="803750"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="736499"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="737105"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="794771"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="945036"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="284614"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="285775"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="272243"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241206"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221903"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="146876"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="167769"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="173575"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185500"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159806"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="18552"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="25714"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34751"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49889"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62230"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="69822"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="66084"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="67169"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80412"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100569"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="127314"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="121974"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="101942"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75612"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54941"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="47950"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="54707"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="52886"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53325"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42367"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6359"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10126"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18067"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26235"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="14965"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="21281"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15920"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12580"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7827"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="8627"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="9128"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8204"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="14090"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="19126"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14772"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6419"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="57822"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="51458"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="51553"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57777"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59029"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="52618"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="52317"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="54271"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49425"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37403"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="61497"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="62230"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="66989"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75308"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63138"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8651"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15256"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20929"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6604"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9482"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11079"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16169"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Train"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4294"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Motorcycle"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="72948"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="94152"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="138955"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="221207"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387164"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11447"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="49341"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="55105"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="57932"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66913"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55677"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="55624"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="67331"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="73638"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82938"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106426"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="13770"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="20622"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27145"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38592"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47467"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4663"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7068"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Other means (incl. lorry or van)"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="34839"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="26942"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36126"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30836"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24855"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="6001"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="17879"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="20523"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16708"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13849"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9071"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="22155"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="19095"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18206"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12887"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6060"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="8131"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="8522"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7998"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="326594"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="347148"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="400352"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="499239"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665845"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="270396"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="271501"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="258362"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="228335"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210314"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="153267"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="170322"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="175347"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185504"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161792"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="14159"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="22153"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31650"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51891"/>
+  </r>
+  <r>
+    <s v="B0901"/>
+    <s v="2002 Population Usually Resident in the State at each Census Since 1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74709"/>
+  </r>
+</pivotCacheRecords>
 </file>