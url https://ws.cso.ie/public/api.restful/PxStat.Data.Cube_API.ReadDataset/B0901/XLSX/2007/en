--- v1 (2025-12-23)
+++ v2 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdffcbe1675e74688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea70fa9e855745b9b396a0ae5f4cfca6.psmdcp" Id="Rbc357f5f9d9f4932" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d0272d10144b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a106467127d24804935ad474e943fe90.psmdcp" Id="R2ce6598292c44ee9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>