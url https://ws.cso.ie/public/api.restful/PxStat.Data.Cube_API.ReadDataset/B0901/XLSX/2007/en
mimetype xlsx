--- v2 (2026-02-08)
+++ v3 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d0272d10144b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a106467127d24804935ad474e943fe90.psmdcp" Id="R2ce6598292c44ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc711f827b8d84446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67b039da628d4703a53e7f320e8c6165.psmdcp" Id="R35290cccb5c14204" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>