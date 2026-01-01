--- v0 (2025-11-14)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c9b984a1bf24d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b3329dbbc784b67adc2d58740defea0.psmdcp" Id="R6ab926208f8c474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b1baff467e4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05088e80d89c43028d98157790800abf.psmdcp" Id="R76e4f3f143914947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0729</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0729/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Education and Qualifications 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,379 +496,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="ILO Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02757V03327"/>
     <x:tableColumn id="4" name="Highest Level of Education Completed"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="ILO Economic Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1141,51 +936,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0729/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1372,51 +1167,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="44.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16494,51 +16289,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>17528</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16555,51 +16350,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0729"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02757V03327">
       <x:sharedItems count="11">
         <x:s v="-2"/>
         <x:s v="-"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="98"/>
         <x:s v="-1"/>
         <x:s v="19"/>
         <x:s v="20"/>
@@ -17063,27 +16858,5572 @@
         <x:n v="10050"/>
         <x:n v="8008"/>
         <x:n v="2042"/>
         <x:n v="7340"/>
         <x:n v="4984"/>
         <x:n v="2356"/>
         <x:n v="2925"/>
         <x:n v="2079"/>
         <x:n v="846"/>
         <x:n v="3214"/>
         <x:n v="1750"/>
         <x:n v="1464"/>
         <x:n v="1025"/>
         <x:n v="698"/>
         <x:n v="327"/>
         <x:n v="28182"/>
         <x:n v="10654"/>
         <x:n v="17528"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1894505"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1195270"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436029"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297593"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138436"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157302"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116640"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40662"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306575"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229563"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77012"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543834"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412707"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131127"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325979"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214996"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110983"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255650"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179807"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75843"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163123"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88879"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74244"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139630"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90136"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49494"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180766"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92565"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88201"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28858"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15914"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552029"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155705"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396324"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622458"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1732903"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="889555"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365466"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274486"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90980"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134566"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107706"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26860"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264528"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212318"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52210"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475332"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381320"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94012"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288744"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200490"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88254"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226742"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168257"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58485"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145323"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82320"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63003"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117504"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83788"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33716"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156005"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86517"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69488"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25760"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14891"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10869"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422488"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120810"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301678"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552220"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198338"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353882"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34697"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16805"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17892"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7704"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54743"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23992"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30751"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68176"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28617"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39559"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61014"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31916"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29098"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68648"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27809"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40839"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24858"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13459"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11399"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68953"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29957"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38996"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11307"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7263"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146778"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18022"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128756"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565433"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374881"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190552"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68727"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46698"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22029"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17279"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8862"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8417"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102071"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77377"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24694"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93491"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69694"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23797"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72288"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56989"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15299"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42793"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30875"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11918"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37117"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26963"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10154"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39213"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25283"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13930"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4755"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81470"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25838"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55632"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724099"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548551"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175548"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126269"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94310"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31959"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12556"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6533"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57581"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43418"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14163"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199205"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171379"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27826"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96812"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79301"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17511"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67443"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57962"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9481"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22720"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17334"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37441"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28671"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8770"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31036"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20529"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10507"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68025"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25619"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42406"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250429"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213540"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36889"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53190"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45477"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7713"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11274"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8041"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51247"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44933"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6314"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67595"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63344"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15931"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13848"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13296"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12010"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9441"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7985"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8042"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6355"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15972"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8000"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7972"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396408"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="342835"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53573"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77140"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68274"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8866"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102871"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90966"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11905"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123545"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109762"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13783"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42972"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40068"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6184"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5137"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6681"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5999"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5800"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23948"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12189"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11759"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133869"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54758"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79111"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5443"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2922"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8746"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5160"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8150"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3381"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86295"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31142"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55153"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467317"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161602"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305715"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70563"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23107"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47456"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22736"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8934"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13802"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42047"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17245"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24802"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68502"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31387"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37115"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37235"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14506"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22729"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28908"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11550"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17358"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17800"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6559"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11241"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22126"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15778"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24761"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18713"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129541"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34895"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94646"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79508"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271266"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59985"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14923"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45062"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16357"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12929"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30679"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7145"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23534"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45158"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10755"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34403"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25097"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5007"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20090"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3542"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15316"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8885"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14932"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21547"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17249"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101359"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24241"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77118"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116543"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82094"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34449"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10578"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8184"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11368"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10100"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23344"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20632"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12138"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9499"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10050"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8008"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7340"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28182"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10654"/>
+  </r>
+  <r>
+    <s v="B0729"/>
+    <s v="2002 Population Aged 15 years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17528"/>
+  </r>
+</pivotCacheRecords>
 </file>