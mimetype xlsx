--- v1 (2026-01-01)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b1baff467e4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05088e80d89c43028d98157790800abf.psmdcp" Id="R76e4f3f143914947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65927555ca24e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3efde793644a4fe29a54df5d1e94e8ba.psmdcp" Id="R421faa9b34ca48ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>