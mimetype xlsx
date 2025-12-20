--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb85895104be548b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/137c40701562462483e624e1764c2207.psmdcp" Id="Rac0d5b330c79425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f34c5368ff746bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a82b47fe7f424809be9b884f473601bb.psmdcp" Id="Rd6ba471bb5cc4062" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0716</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0716/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Education and Qualifications 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -535,435 +535,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02722V03289"/>
     <x:tableColumn id="4" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1236,51 +989,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0716/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1467,51 +1220,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="57.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26165,51 +25918,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>14859</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26226,51 +25979,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0716"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02722V03289">
       <x:sharedItems count="18">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="17"/>
         <x:s v="19"/>
@@ -26959,27 +26712,9100 @@
         <x:n v="11368"/>
         <x:n v="1174"/>
         <x:n v="23344"/>
         <x:n v="2527"/>
         <x:n v="12138"/>
         <x:n v="2571"/>
         <x:n v="10050"/>
         <x:n v="1877"/>
         <x:n v="7340"/>
         <x:n v="2040"/>
         <x:n v="2925"/>
         <x:n v="897"/>
         <x:n v="3214"/>
         <x:n v="1578"/>
         <x:n v="1025"/>
         <x:n v="290"/>
         <x:n v="28182"/>
         <x:n v="14859"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288842"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436029"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272923"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163106"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157302"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110153"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47149"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306575"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219532"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87043"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543834"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402622"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141212"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325979"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208748"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117231"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255650"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177925"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77725"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163123"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90663"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72460"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139630"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83027"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56603"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180766"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79449"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101317"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28858"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15689"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552029"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140202"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411827"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622458"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1715681"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="906777"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365466"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264919"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100547"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134566"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104678"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29888"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264528"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209338"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55190"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475332"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381805"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93527"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288744"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199181"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89563"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226742"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169752"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56990"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145323"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85363"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59960"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117504"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80999"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36505"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156005"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77813"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78192"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25760"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14954"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422488"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126879"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295609"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343336"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129852"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213484"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22330"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11159"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11171"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7296"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4847"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33240"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14717"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18523"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43468"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18502"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24966"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38938"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20694"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18244"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44652"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18634"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26018"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16758"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9272"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7486"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46638"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19777"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26861"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7728"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5008"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81334"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69432"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201002"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114829"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86173"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21338"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13947"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7391"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27700"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18431"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9269"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31576"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20589"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10987"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24741"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17474"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7267"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18813"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11660"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7153"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13504"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9260"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17554"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9177"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8377"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35065"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8686"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26379"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346121"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223141"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122980"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44923"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30105"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14818"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14406"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8641"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59351"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44065"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15286"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59311"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43460"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15851"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41093"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31649"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9444"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24882"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17390"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7492"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23354"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16606"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6748"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23950"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13592"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10358"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47320"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13293"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34027"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298064"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215508"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82556"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49603"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35262"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14341"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5592"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3169"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21477"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16137"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73471"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62062"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11409"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41811"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32822"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8989"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30932"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25842"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13174"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15777"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11053"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14499"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7874"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29375"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9673"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19702"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407834"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301731"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106103"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74346"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53377"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20969"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9930"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5350"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36626"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28179"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8447"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113793"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98150"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15643"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45849"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36502"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9347"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37775"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32577"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5198"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13129"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10003"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18474"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13062"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18445"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9780"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8665"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36586"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12548"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24038"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124972"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98824"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26148"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23209"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17938"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5271"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3980"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13781"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11117"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39982"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36461"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8416"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9573"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8474"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4699"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6031"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9303"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3667"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5636"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96102"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79837"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16265"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18667"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15466"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5015"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20938"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17697"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24517"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22827"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6002"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6213"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119764"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103390"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16374"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24239"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20888"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17258"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14967"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37807"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33994"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18750"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17660"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5040"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4394"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6073"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99606"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86365"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13241"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20535"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17883"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18713"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16400"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30358"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27289"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13809"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12994"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60001"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52425"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7576"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11331"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9958"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15505"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13740"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16842"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15229"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7434"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7033"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39246"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33549"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6628"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12196"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10676"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10142"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8997"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4317"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4007"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94952"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74581"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20371"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14487"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11719"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28620"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23735"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4885"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24727"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20510"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8867"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8466"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391458"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201649"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189809"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33830"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21454"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12376"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10165"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6751"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23924"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15836"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48954"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34531"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14423"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36564"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21900"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14664"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18672"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23666"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12279"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11387"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11931"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19552"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7908"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11644"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151837"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53052"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98785"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467317"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85252"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382065"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70563"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8004"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62559"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22736"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17261"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42047"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31853"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68502"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20817"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47685"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37235"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27668"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28908"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8173"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20735"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17800"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12500"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22126"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20098"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24761"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23125"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129541"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13323"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116218"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59985"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59985"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16357"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16357"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30679"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30679"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45158"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45158"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25097"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25097"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21547"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21547"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101359"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101359"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116543"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85252"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31291"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10578"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8004"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11368"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23344"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20817"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12138"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10050"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8173"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7340"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28182"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13323"/>
+  </r>
+  <r>
+    <s v="B0716"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14859"/>
+  </r>
+</pivotCacheRecords>
 </file>