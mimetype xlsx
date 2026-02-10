--- v1 (2025-12-20)
+++ v2 (2026-02-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f34c5368ff746bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a82b47fe7f424809be9b884f473601bb.psmdcp" Id="Rd6ba471bb5cc4062" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f18d1b43e774ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/044b8ae5bcab47f9afd4134ccaef376f.psmdcp" Id="R1cb5fa84cacb4ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>