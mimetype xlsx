--- v2 (2026-02-10)
+++ v3 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f18d1b43e774ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/044b8ae5bcab47f9afd4134ccaef376f.psmdcp" Id="R1cb5fa84cacb4ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52caceba4a0342a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a35c6ff3c89d4adfa2b15f122afb39f0.psmdcp" Id="R3384c21d74ca45f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>