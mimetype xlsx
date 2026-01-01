--- v0 (2025-11-09)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10bacdfbc9e7466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bd92fee4de449b6be789ecc9897a844.psmdcp" Id="Rb30b5dd6b3104f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a381908a91f46e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62dd95fdc3834791b7e79f44700f4212.psmdcp" Id="R192feaa93953470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0710</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0710/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Education and Qualifications 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -532,411 +532,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L487" totalsRowShown="0">
   <x:autoFilter ref="A1:L487"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02722V03289"/>
     <x:tableColumn id="6" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1209,51 +980,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0710/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1440,51 +1211,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L487"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="57.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -19982,51 +19753,51 @@
       <x:c r="I487" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L487" s="0">
         <x:v>7997</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20043,51 +19814,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L487" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0710"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -20649,27 +20420,6832 @@
         <x:n v="184619"/>
         <x:n v="19026"/>
         <x:n v="9502"/>
         <x:n v="20062"/>
         <x:n v="54584"/>
         <x:n v="18165"/>
         <x:n v="16750"/>
         <x:n v="18084"/>
         <x:n v="28446"/>
         <x:n v="59924"/>
         <x:n v="5706"/>
         <x:n v="3062"/>
         <x:n v="5281"/>
         <x:n v="21875"/>
         <x:n v="5850"/>
         <x:n v="4465"/>
         <x:n v="5688"/>
         <x:n v="7997"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335028"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173489"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300121"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907629"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316224"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267623"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329851"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459810"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622458"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288365"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149255"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252003"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="761077"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270261"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226589"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284734"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390174"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343336"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53177"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21207"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38273"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84662"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29611"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28964"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40307"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47135"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201002"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27432"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11537"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17786"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52041"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20317"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16613"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25617"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29659"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346121"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42268"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21204"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30798"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86002"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36813"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31472"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44447"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53117"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298064"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30970"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18429"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26114"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81150"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34769"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27218"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36095"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43319"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407834"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38820"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24192"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42925"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109201"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44709"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40164"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45379"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62444"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124972"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12734"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7166"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12849"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32211"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13870"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11598"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14125"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20419"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96102"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9955"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4930"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9537"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27363"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10594"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8492"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9410"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15821"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119764"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5117"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11446"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41111"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12836"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9946"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10303"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18545"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99606"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7508"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4011"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37514"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10304"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8118"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7917"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15162"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60001"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5533"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23949"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5889"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8690"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39246"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16264"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94952"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7281"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8897"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38626"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9344"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6815"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13829"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391458"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40259"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24449"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35098"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130983"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37481"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29876"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36835"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56477"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467317"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46663"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24234"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48118"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146552"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45963"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41034"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45117"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69636"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35380"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18106"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37748"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105059"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34301"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32115"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34145"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53920"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116543"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11283"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10370"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41493"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11662"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8919"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10972"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15716"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167486"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87529"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149965"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433648"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157639"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133772"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164720"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227361"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1299346"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145555"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75859"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127190"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363555"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135691"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113953"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143375"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194168"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185759"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29734"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12199"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23237"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38838"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16227"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16515"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23017"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25992"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110434"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15490"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6557"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10245"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26590"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11438"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9317"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14536"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16261"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187323"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23426"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11832"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17218"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44296"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20362"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17232"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24339"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28618"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138703"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14827"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8856"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12301"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35939"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16133"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12966"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17133"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20548"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184145"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17388"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10977"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19100"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49179"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20317"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18257"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20304"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28623"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51997"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5229"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13340"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5775"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8719"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43057"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4193"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4120"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12309"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3897"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4152"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7097"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54874"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4888"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19582"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4612"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8431"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48721"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18785"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7377"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31312"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12626"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21850"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9197"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51598"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4588"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21463"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7406"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189573"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19886"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12358"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17294"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61411"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18453"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14609"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18170"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27392"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222774"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21931"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11670"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22775"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70093"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21948"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19819"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21345"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33193"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166155"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16354"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8604"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17686"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50475"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16136"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15365"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16061"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25474"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56619"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5577"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5089"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19618"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5812"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5284"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7719"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167542"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85960"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150156"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473981"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158585"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133851"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165131"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232449"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1323112"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142810"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73396"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124813"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397522"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134570"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112636"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141359"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196006"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157577"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23443"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9008"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15036"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45824"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13384"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12449"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17290"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21143"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90568"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11942"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4980"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7541"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25451"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8879"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7296"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11081"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13398"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158798"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18842"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9372"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13580"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41706"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16451"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14240"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20108"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24499"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159361"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16143"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9573"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13813"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45211"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18636"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14252"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18962"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22771"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223689"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21432"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13215"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23825"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60022"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24392"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21907"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25075"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33821"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72975"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7505"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7601"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18871"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8095"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6801"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8283"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11700"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53045"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5762"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5417"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15054"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8724"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64890"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6152"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6558"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21529"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6668"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5334"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5664"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10114"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50885"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18729"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7785"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28689"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11323"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17396"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7067"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43354"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4309"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17163"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4156"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6423"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201885"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20373"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12091"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17804"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69572"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19028"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15267"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18665"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29085"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244543"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24732"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12564"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25343"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76459"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24015"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21215"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23772"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36443"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184619"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19026"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9502"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20062"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54584"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18165"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16750"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18084"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28446"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59924"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5281"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21875"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5850"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4465"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5688"/>
+  </r>
+  <r>
+    <s v="B0710"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7997"/>
+  </r>
+</pivotCacheRecords>
 </file>