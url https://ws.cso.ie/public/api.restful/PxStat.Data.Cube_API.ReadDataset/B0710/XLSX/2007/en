--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a381908a91f46e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62dd95fdc3834791b7e79f44700f4212.psmdcp" Id="R192feaa93953470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4fff4d3a8654afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11672f8946bf4454ba9238e3096e0a39.psmdcp" Id="R61e036cc776c41cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>