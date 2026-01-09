--- v0 (2025-10-07)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ff43656d72946a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fa41961a9d2496d945bc413e5ab7ba3.psmdcp" Id="Reeff4f83cc4f4dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd918342f95374727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50ee1afc714a4be2b412f9255141545d.psmdcp" Id="R95e3699d74154660" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0707</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0707/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Education and Qualifications 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,379 +496,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02757V03327"/>
     <x:tableColumn id="4" name="Highest Level of Education Completed"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1141,51 +936,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0707/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1372,51 +1167,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="44.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16494,51 +16289,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>14859</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16555,51 +16350,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0707"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02757V03327">
       <x:sharedItems count="11">
         <x:s v="-2"/>
         <x:s v="-"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="98"/>
         <x:s v="-1"/>
         <x:s v="19"/>
         <x:s v="20"/>
@@ -17029,27 +16824,5572 @@
         <x:n v="11368"/>
         <x:n v="1174"/>
         <x:n v="23344"/>
         <x:n v="2527"/>
         <x:n v="12138"/>
         <x:n v="2571"/>
         <x:n v="10050"/>
         <x:n v="1877"/>
         <x:n v="7340"/>
         <x:n v="2040"/>
         <x:n v="2925"/>
         <x:n v="897"/>
         <x:n v="3214"/>
         <x:n v="1578"/>
         <x:n v="1025"/>
         <x:n v="290"/>
         <x:n v="28182"/>
         <x:n v="14859"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288842"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436029"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272923"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163106"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157302"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110153"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47149"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306575"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219532"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87043"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543834"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402622"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141212"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325979"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208748"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117231"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255650"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177925"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77725"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163123"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90663"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72460"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139630"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83027"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56603"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180766"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79449"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101317"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28858"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15689"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552029"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140202"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411827"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622458"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1715681"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="906777"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365466"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264919"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100547"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134566"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104678"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29888"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264528"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209338"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55190"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475332"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381805"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93527"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288744"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199181"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89563"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226742"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169752"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56990"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145323"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85363"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59960"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117504"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80999"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36505"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156005"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77813"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78192"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25760"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14954"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422488"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126879"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295609"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552220"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202641"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="349579"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34697"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15869"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18828"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8101"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54743"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23526"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31217"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68176"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28749"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39427"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61014"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32771"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28243"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68648"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29866"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38782"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24858"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13129"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11729"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68953"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27797"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41156"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11307"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7129"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146778"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23565"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123213"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565433"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370285"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195148"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68727"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44666"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24061"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17279"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8220"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102071"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77659"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24412"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93491"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69370"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24121"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72288"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57561"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14727"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42793"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31669"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11124"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37117"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26147"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10970"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39213"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22943"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16270"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81470"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26068"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55402"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724099"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="536348"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187751"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126269"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90387"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35882"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12556"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7433"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57581"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42477"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15104"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199205"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171775"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27430"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96812"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78490"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18322"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67443"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57971"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9472"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22720"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17381"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37441"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27598"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9843"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31036"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17585"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13451"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68025"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23607"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44418"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250429"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209145"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41284"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53190"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44226"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8964"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11274"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7438"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51247"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44629"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6618"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67595"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63494"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15931"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13589"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13296"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11946"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9441"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8042"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5681"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15972"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8986"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396408"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337407"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59001"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77140"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66877"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10263"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102871"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89879"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12992"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123545"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109049"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14496"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42972"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40059"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6184"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4958"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6681"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5939"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5576"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23948"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11034"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12914"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133869"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59855"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74014"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5443"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8746"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5292"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8150"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4125"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86295"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35619"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50676"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467317"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85252"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382065"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70563"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8004"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62559"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22736"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17261"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42047"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31853"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68502"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20817"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47685"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37235"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27668"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28908"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8173"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20735"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17800"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12500"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22126"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20098"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24761"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23125"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129541"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13323"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116218"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59985"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59985"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16357"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16357"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30679"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30679"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45158"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45158"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25097"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25097"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21547"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21547"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101359"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101359"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116543"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85252"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31291"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10578"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8004"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11368"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23344"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20817"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12138"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10050"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8173"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7340"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28182"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13323"/>
+  </r>
+  <r>
+    <s v="B0707"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14859"/>
+  </r>
+</pivotCacheRecords>
 </file>