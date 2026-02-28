--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd918342f95374727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50ee1afc714a4be2b412f9255141545d.psmdcp" Id="R95e3699d74154660" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eec8ae34ba44b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0fa440ec2e74b7ca66fe692873a617e.psmdcp" Id="R7f793c32304f4ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>