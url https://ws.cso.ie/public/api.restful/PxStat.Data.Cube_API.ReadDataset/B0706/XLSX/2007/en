--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb873a482b624739" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4dab59f081364b9faf710b51a5970371.psmdcp" Id="Rfa8c19cdcdb943cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701b23a03bfd4b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58b2f2a343cc41b6abb43f3cf96379a4.psmdcp" Id="R2f5a9dd45d56443c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0706</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0706/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Education and Qualifications 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -571,467 +571,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L676" totalsRowShown="0">
   <x:autoFilter ref="A1:L676"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02713V03281"/>
     <x:tableColumn id="8" name="Intermediate Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1304,51 +1033,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0706/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1535,51 +1264,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L676"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="61.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -27259,51 +26988,51 @@
       <x:c r="I676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K676" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L676" s="0">
         <x:v>31604</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27320,51 +27049,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L676" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0706"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -28116,27 +27845,9478 @@
         <x:n v="16"/>
         <x:n v="322"/>
         <x:n v="421"/>
         <x:n v="65"/>
         <x:n v="1160"/>
         <x:n v="56"/>
         <x:n v="273"/>
         <x:n v="4782"/>
         <x:n v="3216"/>
         <x:n v="971"/>
         <x:n v="1363"/>
         <x:n v="3212"/>
         <x:n v="1216"/>
         <x:n v="2972"/>
         <x:n v="5943"/>
         <x:n v="1612"/>
         <x:n v="2677"/>
         <x:n v="31604"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97281"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6658"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244203"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35279"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11238"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23619"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33511"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13268"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89591"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24707"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11363"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149271"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219165"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81418"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96855"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70838"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151107"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94746"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109301"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143520"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64333"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101528"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95071"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234945"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33860"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10856"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5807"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22839"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32443"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12828"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85874"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23671"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11039"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142875"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209732"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75502"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93775"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68410"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144066"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91839"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104836"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135841"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61603"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95283"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1571284"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30748"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21800"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21145"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19575"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8560"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11592"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5296"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5541"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11056"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6524"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12085"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164493"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28238"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57426"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9726"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18293"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7210"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49464"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57375"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18441"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23854"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14813"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11653"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7568"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19600"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14249"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16949"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326898"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22966"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84568"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10971"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8228"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11280"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32441"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9650"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51961"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86525"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26836"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34569"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27210"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35704"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38593"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13207"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35488"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19547"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18899"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502538"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31532"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13845"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10498"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24256"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11673"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10984"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13546"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23708"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15780"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10691"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23808"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7959"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6118"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200007"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36377"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3927"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4078"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7747"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15029"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7482"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19099"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11369"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22906"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61376"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19648"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66945"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43803"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12357"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9416"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324889"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31816"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52459"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9258"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3717"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6396"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9433"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5916"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7041"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2907"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4465"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7679"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6245"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70303"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89276"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167174"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24091"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5246"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21457"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11093"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60414"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19210"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9286"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141959"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119495"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36413"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71316"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29557"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85292"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51716"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35478"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29168"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28501"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62511"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87344"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160935"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23201"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4888"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5095"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5110"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14879"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20810"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10718"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57857"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18377"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9018"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135836"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114844"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33713"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69207"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28492"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81463"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50025"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33985"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27432"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27383"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58943"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924554"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29484"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15977"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20847"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12207"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3773"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7981"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120840"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26502"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41228"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12336"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5757"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48251"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32522"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7911"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20476"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7837"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7208"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5688"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11284"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219564"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20175"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56890"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7315"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20687"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7441"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48835"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45392"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12361"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23815"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9742"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17285"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19529"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5618"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7559"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11290"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287089"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6661"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20898"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9774"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9149"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12487"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12492"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99074"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23655"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10678"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6519"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10618"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6963"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12346"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39170"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11009"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22570"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12017"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6524"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164830"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20329"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33157"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6239"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6123"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38699"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77029"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11188"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5992"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12054"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29177"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99670"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45005"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25539"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41281"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65815"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43030"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73823"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114352"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35832"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39017"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7727"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74010"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10659"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7960"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11633"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28017"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94888"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41789"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24568"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39918"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62603"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41814"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70851"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108409"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34220"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36340"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="646730"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7368"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8284"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43653"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16198"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5957"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24853"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10530"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6976"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16130"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8561"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107334"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27678"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11754"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41133"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14475"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10754"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17468"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18419"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19064"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9952"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29870"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11988"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7609"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215449"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10634"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11769"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8985"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11216"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7898"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8016"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20656"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100933"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12722"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8481"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10560"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22206"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8639"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44375"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31786"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4417"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160059"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11487"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19302"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4782"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5943"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="B0706"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31604"/>
+  </r>
+</pivotCacheRecords>
 </file>