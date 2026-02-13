--- v1 (2025-12-28)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701b23a03bfd4b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58b2f2a343cc41b6abb43f3cf96379a4.psmdcp" Id="R2f5a9dd45d56443c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e80ae0b1404969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b078ff15ebd4e1d8de84a6a14b41cf6.psmdcp" Id="Rad81d912c96240bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>