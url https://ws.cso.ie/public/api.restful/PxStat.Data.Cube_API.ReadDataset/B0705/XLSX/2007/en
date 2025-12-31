--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R824afd416f144108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f46a3719beb47809c857e1480c2308c.psmdcp" Id="R429cec79121d4d03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf25157d63e8c4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8be36f4b3b924ca2a0805ffc556a8c72.psmdcp" Id="R40e3309601d74bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0705</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0705/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Education and Qualifications 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -592,491 +592,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L757" totalsRowShown="0">
   <x:autoFilter ref="A1:L757"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1349,51 +1060,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0705/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1580,51 +1291,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -30382,51 +30093,51 @@
       <x:c r="I757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L757" s="0">
         <x:v>38306</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30443,51 +30154,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0705"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -31309,27 +31020,10612 @@
         <x:n v="323"/>
         <x:n v="933"/>
         <x:n v="133"/>
         <x:n v="1364"/>
         <x:n v="4509"/>
         <x:n v="4976"/>
         <x:n v="1204"/>
         <x:n v="496"/>
         <x:n v="3519"/>
         <x:n v="540"/>
         <x:n v="45"/>
         <x:n v="805"/>
         <x:n v="5871"/>
         <x:n v="1798"/>
         <x:n v="628"/>
         <x:n v="7292"/>
         <x:n v="36559"/>
         <x:n v="38306"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96279"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35234"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71326"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9409"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24390"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22832"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61829"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136698"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110595"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102444"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156068"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177263"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62652"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37770"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52796"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78732"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12083"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3977"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37978"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151312"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70458"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51902"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11417"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196493"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779786"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94020"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33245"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68416"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9062"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23201"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21942"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59210"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131155"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107702"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99073"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150247"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168506"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60214"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35889"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50362"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74011"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11355"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36288"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142328"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67837"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50742"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10908"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7409"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181254"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1698184"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17497"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1715681"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32457"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6553"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9223"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26165"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19853"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15404"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23275"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41708"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199964"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202641"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28270"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6171"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22430"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7432"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20593"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49529"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11531"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34098"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22027"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44405"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5555"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40812"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5247"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44915"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364957"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5328"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370285"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21764"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18820"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30699"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8854"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22075"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38830"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32605"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31960"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75290"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70512"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11171"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6516"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7745"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14625"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10842"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45389"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24742"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5627"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36583"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531670"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="536348"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6849"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4659"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5948"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20655"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29636"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20326"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6593"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7605"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13277"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14887"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8142"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18303"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5265"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9091"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207879"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209145"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38818"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18155"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15475"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40609"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20376"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28271"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35601"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6411"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13697"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11190"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58877"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9591"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11375"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334473"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337407"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37154"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59241"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59855"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5543"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8757"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8984"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15239"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81602"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85252"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89086"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33716"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69022"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18370"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16070"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40761"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133961"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66498"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92488"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25339"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86619"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35008"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26367"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41763"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17068"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20793"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52167"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22364"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22889"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7503"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112913"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051087"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063511"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87107"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31815"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66223"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17532"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15503"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39075"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128551"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64969"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89549"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24027"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82838"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33774"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24982"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39836"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15866"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19908"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49054"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21541"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22357"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9497"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7096"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104966"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1006044"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10521"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1016565"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31181"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6299"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6893"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26009"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19107"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8265"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8986"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24160"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146957"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148807"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26621"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6032"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21824"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6880"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14232"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49221"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7798"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32082"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20512"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13156"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25650"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244206"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247617"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19390"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18309"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29782"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5136"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6245"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13254"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38337"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19440"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28001"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10547"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33996"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5725"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6851"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6785"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15282"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9407"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20351"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303424"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306099"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4317"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5723"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6450"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11417"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5274"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10411"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5368"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10847"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3987"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103276"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103922"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23194"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4852"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8498"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24352"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14608"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21209"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10237"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6442"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19417"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5121"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5971"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170143"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171702"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23734"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38038"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38418"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3781"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7947"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45043"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46946"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6762"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21068"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44097"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130729"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90644"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27644"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11403"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11033"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61664"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17185"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99145"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48094"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29013"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83580"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728699"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="737422"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6913"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5669"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6439"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20135"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42733"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9524"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126220"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85668"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26440"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10907"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10526"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58145"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16380"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93274"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46296"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28385"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76288"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="692140"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6976"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699116"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7139"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14289"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17548"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53007"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53834"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6361"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19169"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23893"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27656"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19265"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120751"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122668"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8821"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13165"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64743"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36516"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5446"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12471"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30107"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15335"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16232"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228246"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230249"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9238"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25167"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9915"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13399"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4155"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12411"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4028"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104603"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105223"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15624"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13303"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6977"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16257"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5768"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7062"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7255"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6857"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39460"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4470"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164330"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165705"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13420"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21203"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21437"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5871"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7292"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36559"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="B0705"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38306"/>
+  </r>
+</pivotCacheRecords>
 </file>