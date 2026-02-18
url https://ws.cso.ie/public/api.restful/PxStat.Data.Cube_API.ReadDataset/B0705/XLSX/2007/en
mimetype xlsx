--- v1 (2025-12-31)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf25157d63e8c4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8be36f4b3b924ca2a0805ffc556a8c72.psmdcp" Id="R40e3309601d74bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899fb5f1aac848e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00d0674a259f4f8693ad3895c395f360.psmdcp" Id="R6d72e985962a42fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>