--- v0 (2025-10-04)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dcf8440479c40c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c66cdbb64b3f4dc59274557d5df4bc00.psmdcp" Id="R9e534c00ac0940ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6a609cf66a4685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/992eb3056d44419e99a802756dc5be2b.psmdcp" Id="R31bcca622df040d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0624</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over in the Labour Force (ILO)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Table excludes those who were away from work ill, on holiday, on maternity leave or temporarily laid off.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0624/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Occupations 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -586,459 +586,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J781" totalsRowShown="0">
   <x:autoFilter ref="A1:J781"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02702V03270"/>
     <x:tableColumn id="2" name="Broad Occupational Group"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1309,51 +1038,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0624/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1542,51 +1271,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J781"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -26568,51 +26297,51 @@
       <x:c r="G781" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H781" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I781" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J781" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26629,51 +26358,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J781" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02702V03270">
       <x:sharedItems count="26">
         <x:s v="A100"/>
         <x:s v="B201"/>
         <x:s v="C300"/>
         <x:s v="D400"/>
         <x:s v="E500"/>
         <x:s v="F600"/>
         <x:s v="G700"/>
         <x:s v="H800"/>
         <x:s v="I901"/>
         <x:s v="L1200"/>
         <x:s v="J1000"/>
         <x:s v="M1301"/>
         <x:s v="N1400"/>
         <x:s v="O1501"/>
         <x:s v="P1600"/>
         <x:s v="Q1700"/>
         <x:s v="R1800"/>
         <x:s v="S1900"/>
         <x:s v="T2000"/>
         <x:s v="V2200"/>
         <x:s v="U2100"/>
@@ -27486,27 +27215,9388 @@
         <x:n v="22536"/>
         <x:n v="31462"/>
         <x:n v="42890"/>
         <x:n v="29278"/>
         <x:n v="201502"/>
         <x:n v="273624"/>
         <x:n v="322198"/>
         <x:n v="84556"/>
         <x:n v="758899"/>
         <x:n v="38805"/>
         <x:n v="82732"/>
         <x:n v="123300"/>
         <x:n v="51570"/>
         <x:n v="191340"/>
         <x:n v="142542"/>
         <x:n v="73015"/>
         <x:n v="55595"/>
         <x:n v="32.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="92482"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="10352"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="55253"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13577"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="85578"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="52538"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12831"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6904"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="33339"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9973"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7775"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="31917"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="11411"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9541"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7622"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="66105"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="17871"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="22262"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="18426"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3423"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="64039"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="16894"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="21856"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="18198"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="7512"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21506"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="6902"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="4334"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="16261"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4502"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="5605"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20821"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="8793"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="5699"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="14776"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="5876"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="4417"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3049"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6045"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="55072"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="21771"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="13940"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="11030"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="36744"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="12198"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="10709"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="9690"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18328"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="9573"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="119998"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="23833"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="42069"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="37861"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="117470"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="23078"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="41318"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="37461"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="106625"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3325"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="22423"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="31021"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="38499"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="64736"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="10084"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="18268"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="30485"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="41889"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="12339"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="12753"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="8014"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95543"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="19465"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="26987"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="32405"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6312"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="86413"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="16866"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="24827"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="31175"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5729"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="9130"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="147466"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="8986"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="20733"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="8692"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="51940"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="38086"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="10240"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24109"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="8470"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="8022"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="123357"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="8528"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="19863"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="7737"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="43470"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="30064"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="6235"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="166143"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="9321"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="19416"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="9148"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="32999"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="43724"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="40426"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8443"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="82012"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="13477"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="24746"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="31460"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="84131"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="7645"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="16529"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="6530"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="19522"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="18978"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="8966"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="60772"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="14604"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="18587"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="18647"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="34304"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="6462"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="10519"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="13583"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="26468"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="8142"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="5064"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35130"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="12629"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7459"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24577"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="7054"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9261"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10553"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3368"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="50754"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="16033"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="15800"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="13484"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40232"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="12029"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="12669"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="11923"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10522"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="75420"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="8588"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="26452"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="12233"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="12992"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="16676"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="6628"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="58744"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="8047"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="22139"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="6364"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11541"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="8504"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="34937"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="8430"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="8697"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="6659"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19127"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="4938"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="15810"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4248"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="140117"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="13178"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="20579"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="9359"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="26381"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="30071"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="27630"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8638"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48263"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="8804"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="12470"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="17129"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3167"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="91854"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="3674"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="11683"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="17639"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="7708"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="17577"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="17601"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="10501"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5471"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="69555"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="25788"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="11854"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="7072"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="8378"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22345"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="6822"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="47210"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="18966"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="8911"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="50558"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="18998"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="13617"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="6630"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22463"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="7111"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="7330"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="4776"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28095"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="11887"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11525"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="5708"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10059"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="7337"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="7012"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="282763"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="38357"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="53614"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="33559"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="8941"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="33436"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="32220"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="27798"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="54838"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="129422"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="12712"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="15839"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="10476"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="18396"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="21252"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="17332"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="30071"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="153341"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="25645"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="37775"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="23083"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="15040"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="10968"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="10466"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="24767"/>
+  </r>
+  <r>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1766945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="61341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="114194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="166190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="80848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="392842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="416166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="395213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="140151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1008046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="22536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="31462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="42890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="29278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="201502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="273624"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="322198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="84556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="758899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="38805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="82732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="123300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="51570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="191340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="142542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="73015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="55595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0624C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="32.3"/>
+  </r>
+</pivotCacheRecords>
 </file>