--- v1 (2025-12-05)
+++ v2 (2026-01-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6a609cf66a4685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/992eb3056d44419e99a802756dc5be2b.psmdcp" Id="R31bcca622df040d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83d44e39f5e4427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ab20e91079d4094ae4ef1e438f46125.psmdcp" Id="R30fed93e9ee54cd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>