--- v2 (2026-01-28)
+++ v3 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83d44e39f5e4427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ab20e91079d4094ae4ef1e438f46125.psmdcp" Id="R30fed93e9ee54cd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171801c1d42a4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/60ba8aea97dc481ca1066b9cd7737026.psmdcp" Id="R205b939baf004a98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>