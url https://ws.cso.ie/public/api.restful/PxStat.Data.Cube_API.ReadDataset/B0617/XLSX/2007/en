--- v0 (2025-11-05)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bd1f7fddbc64d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ccb65fde33c4825964fa0dbd4a9f4d0.psmdcp" Id="R977a3b3d30b04425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce5d64ba5ed4542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd9ca8b715c44d87bd777dfa3868e75c.psmdcp" Id="R9d8b6e19c7444a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0617</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0617/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Occupations 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,339 +478,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1083,51 +908,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0617/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1314,51 +1139,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17804,51 +17629,51 @@
       <x:c r="I433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>66040</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17865,51 +17690,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0617"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -18400,27 +18225,6076 @@
         <x:n v="32668"/>
         <x:n v="50293"/>
         <x:n v="2991"/>
         <x:n v="9314"/>
         <x:n v="29677"/>
         <x:n v="40979"/>
         <x:n v="36364"/>
         <x:n v="57766"/>
         <x:n v="3425"/>
         <x:n v="12487"/>
         <x:n v="32939"/>
         <x:n v="45279"/>
         <x:n v="56815"/>
         <x:n v="83419"/>
         <x:n v="6354"/>
         <x:n v="17379"/>
         <x:n v="50461"/>
         <x:n v="66040"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1232699"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288842"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="306272"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335028"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164591"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188090"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141681"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146938"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153644"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173489"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82236"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99526"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71408"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73963"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267987"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300121"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142779"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166790"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125208"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133331"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="825570"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907629"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484079"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555306"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="341491"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352323"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257443"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316224"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146322"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194370"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111121"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121854"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241189"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267623"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131109"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152565"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110080"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115058"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="295924"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329851"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159695"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186794"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="136229"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143057"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="418634"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459810"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223153"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257492"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195481"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202318"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140016"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176886"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88366"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119260"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51650"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57626"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10004"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13024"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6301"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8485"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4539"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5944"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6960"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10950"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15011"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6946"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10124"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4887"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55158"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68792"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35556"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48115"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19602"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20677"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13195"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17670"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8046"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11697"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5973"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10908"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13676"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6978"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9373"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12894"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14885"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7964"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4930"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5382"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20963"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26868"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12817"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17316"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8146"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9552"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="579867"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="752147"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="355823"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495016"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="224044"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257131"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54700"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69650"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32154"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43797"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22546"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25853"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29444"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37953"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17641"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24361"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11803"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13592"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51922"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66908"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31507"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42984"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20415"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23924"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191190"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247451"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="123023"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171464"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68167"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75987"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57500"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85766"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35207"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57261"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22293"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28505"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50449"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62693"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30338"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40379"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20111"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22314"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58800"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73563"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35100"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46460"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23700"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27103"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85862"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108163"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50853"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68310"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35009"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39853"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="511599"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511877"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="344894"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360477"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166705"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151400"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50694"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53106"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33346"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36720"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17348"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16386"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27802"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28226"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18094"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19659"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9708"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8567"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47720"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46955"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30779"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32239"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16941"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14716"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="168874"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159492"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118744"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115283"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50130"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44209"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48098"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53556"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33097"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39221"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15001"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14335"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43924"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44196"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29079"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30790"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14845"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13406"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48225"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51415"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32035"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35526"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16190"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15889"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76262"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74931"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49720"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51039"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26542"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23892"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="557998"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535383"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="321179"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339008"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="236819"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196375"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68519"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65646"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39444"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40974"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29075"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24672"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33519"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32972"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19091"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20914"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14428"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12058"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54929"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53176"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31985"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33820"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22944"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19356"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149935"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133246"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87627"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85098"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62308"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48148"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54974"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58325"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32033"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38157"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22941"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20168"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47182"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46828"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27299"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30155"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19883"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16673"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64459"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63853"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36474"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39780"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27985"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24073"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84481"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81337"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47226"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50110"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37255"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31227"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="369168"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352778"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237815"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243429"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131353"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109349"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49668"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45636"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32217"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30909"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14727"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20826"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21426"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13261"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14853"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7565"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37176"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36649"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24045"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25764"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13131"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10885"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99534"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83395"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65258"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57474"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34276"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25921"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31894"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34194"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20554"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24315"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11340"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9879"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32271"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32931"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21073"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23257"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11198"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9674"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40941"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42062"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25652"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28863"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15289"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13199"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56858"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56485"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35755"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37994"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21103"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18491"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="248460"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187785"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141100"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103792"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107360"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83993"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32163"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25352"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17668"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13540"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14495"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11812"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16558"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12699"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8791"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7004"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7767"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5695"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23285"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18525"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13362"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10188"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9923"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8337"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55005"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39789"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33725"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23003"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21280"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16786"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26028"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19500"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14730"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11241"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11298"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8259"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23787"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17006"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13351"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9297"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10436"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7709"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34241"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26307"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19045"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14175"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15196"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12132"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37393"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28607"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20428"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15344"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16965"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13263"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="359555"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="572919"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44787"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139951"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="314768"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432968"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40524"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62614"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13665"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37063"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48949"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19551"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33253"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17951"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25165"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42005"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62897"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4155"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11671"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37850"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51226"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105874"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175464"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20146"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54869"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85728"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120595"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25754"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47213"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12478"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23099"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34735"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32668"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50293"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9314"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29677"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36364"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57766"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12487"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32939"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45279"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56815"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83419"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6354"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17379"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50461"/>
+  </r>
+  <r>
+    <s v="B0617"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66040"/>
+  </r>
+</pivotCacheRecords>
 </file>