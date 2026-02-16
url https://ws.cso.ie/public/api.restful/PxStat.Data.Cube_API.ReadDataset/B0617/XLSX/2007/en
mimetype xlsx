--- v1 (2025-12-30)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce5d64ba5ed4542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd9ca8b715c44d87bd777dfa3868e75c.psmdcp" Id="R9d8b6e19c7444a42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1576ac5160594654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/472e49b0cfa644f3a58d072f01b49a82.psmdcp" Id="Ra26f2e0bb7394457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>