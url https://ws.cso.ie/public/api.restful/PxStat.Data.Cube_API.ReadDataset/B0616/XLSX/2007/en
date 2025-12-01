--- v0 (2025-10-02)
+++ v1 (2025-12-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R482bbbf0925d4fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43935649fd9a4de1b6e729d61a74f9db.psmdcp" Id="Rbe72675046934cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6edf83be5f3a4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e87ef0a08f84fca92628fbc31c3945f.psmdcp" Id="Re4ea0c661efe4fff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0616</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0616/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Occupations 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,355 +493,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1114,51 +927,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0616/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1345,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12363,51 +12176,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>142811</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12424,51 +12237,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0616"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -12819,27 +12632,4060 @@
         <x:n v="22976"/>
         <x:n v="1444"/>
         <x:n v="21532"/>
         <x:n v="33844"/>
         <x:n v="726"/>
         <x:n v="33118"/>
         <x:n v="12893"/>
         <x:n v="2450"/>
         <x:n v="10443"/>
         <x:n v="54817"/>
         <x:n v="9956"/>
         <x:n v="44861"/>
         <x:n v="6890"/>
         <x:n v="359"/>
         <x:n v="6531"/>
         <x:n v="143940"/>
         <x:n v="1129"/>
         <x:n v="142811"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288842"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436029"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272923"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163106"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157302"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110153"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47149"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306575"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219532"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87043"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543834"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402622"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141212"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325979"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208748"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117231"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255650"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177925"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77725"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163123"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90663"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72460"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139630"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83027"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56603"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180766"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79449"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101317"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28858"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15689"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13169"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552029"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140202"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411827"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313188"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66475"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246713"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48132"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46198"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11385"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11141"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24356"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23292"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55930"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19235"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36695"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35441"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14749"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20692"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22653"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6794"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15859"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14291"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9063"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16394"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15760"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18684"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18070"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63291"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15182"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48109"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328334"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224139"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104195"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31156"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18014"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13142"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13966"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9447"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27978"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21255"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82461"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73764"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8697"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42659"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37486"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5173"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27455"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23775"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13088"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10899"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6203"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74682"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22170"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52512"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="617369"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523582"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93787"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94620"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83681"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10939"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48794"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45171"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77735"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73799"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3936"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130136"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124032"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66100"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56485"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9615"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55708"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50161"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23554"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20047"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21789"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17340"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13734"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10802"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80528"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37954"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42574"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562890"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436742"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126148"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101807"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81042"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20765"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31616"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25858"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62107"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55957"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6150"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102397"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92041"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10356"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59772"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45041"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14731"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51087"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8615"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26238"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20585"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5653"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33265"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25420"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7845"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24192"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17797"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6395"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4326"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66083"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27198"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38885"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="480447"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="345152"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135295"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75958"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57056"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18902"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22444"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17705"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53005"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45753"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7252"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79731"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65511"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14220"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51367"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35321"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16046"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45193"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34784"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10409"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28819"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21316"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7503"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29669"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22050"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7619"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30081"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20319"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9762"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60026"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22342"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37684"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351546"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177248"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174298"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47685"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27014"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20671"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14655"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9344"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32950"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20187"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12763"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46388"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25732"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20656"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36347"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18525"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17822"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30578"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18495"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12083"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23289"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11862"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11427"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19417"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12471"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6946"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33163"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17563"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15600"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63479"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14227"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49252"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436001"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27595"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408406"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36671"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32489"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14442"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12058"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28444"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26927"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46791"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44484"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34293"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33152"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22976"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21532"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33844"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33118"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12893"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10443"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54817"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44861"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6890"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143940"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="B0616"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142811"/>
+  </r>
+</pivotCacheRecords>
 </file>