--- v1 (2025-12-01)
+++ v2 (2026-01-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6edf83be5f3a4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e87ef0a08f84fca92628fbc31c3945f.psmdcp" Id="Re4ea0c661efe4fff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dda799d9c1f446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3642eab93fe4893a8ac37102522a617.psmdcp" Id="Re943f281efb14481" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>