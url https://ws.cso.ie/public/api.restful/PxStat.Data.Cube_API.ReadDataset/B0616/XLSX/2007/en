--- v2 (2026-01-27)
+++ v3 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dda799d9c1f446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3642eab93fe4893a8ac37102522a617.psmdcp" Id="Re943f281efb14481" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f2888a31e84536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15f0d79fa5d94e27a58dc5b74f998f6d.psmdcp" Id="Rb697120e844b47c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>