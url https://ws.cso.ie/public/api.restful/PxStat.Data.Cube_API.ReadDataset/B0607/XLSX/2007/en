--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91740739061647f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04a0a595249b469aba4f32e3e6de83ea.psmdcp" Id="R9cf0ca4fd4f9419d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9de2390a1414473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6188dcbb4e954bedaa71f7e5766319c4.psmdcp" Id="R369e26e934fd43a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0607</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0607/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Occupations 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L673" totalsRowShown="0">
   <x:autoFilter ref="A1:L673"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0607/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -27176,51 +26893,51 @@
       <x:c r="I673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>6256</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27237,51 +26954,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0607"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -28013,27 +27730,9436 @@
         <x:n v="21339"/>
         <x:n v="646"/>
         <x:n v="1"/>
         <x:n v="11"/>
         <x:n v="19"/>
         <x:n v="228"/>
         <x:n v="60"/>
         <x:n v="825"/>
         <x:n v="231"/>
         <x:n v="484"/>
         <x:n v="66"/>
         <x:n v="132"/>
         <x:n v="1177"/>
         <x:n v="373"/>
         <x:n v="47"/>
         <x:n v="2"/>
         <x:n v="801"/>
         <x:n v="6256"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96279"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35234"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71326"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9409"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24390"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22832"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61829"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136698"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110595"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102444"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156068"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177263"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62652"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37770"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52796"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78732"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12083"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3977"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37978"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151312"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70458"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51902"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11417"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196493"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779786"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89086"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33716"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69022"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18370"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16070"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40761"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133961"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66498"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92488"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25339"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86619"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35008"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26367"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41763"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17068"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20793"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52167"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22364"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22889"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7503"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112913"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051087"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063511"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6762"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21068"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44097"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130729"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90644"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27644"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11403"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11033"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61664"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17185"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99145"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48094"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29013"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83580"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728699"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="737422"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7668"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9631"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6079"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15493"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59458"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7017"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66475"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4529"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7625"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9208"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37315"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41606"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4487"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22143"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24869"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12161"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10283"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18385"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6533"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8140"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27451"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28250"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6765"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5208"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6800"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4822"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20478"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26667"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217471"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6668"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224139"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7037"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11769"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6756"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18104"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6704"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11575"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4901"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5799"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15424"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116985"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120692"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22409"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16675"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14679"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11243"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100486"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103447"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15368"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9117"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19412"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7513"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7852"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20255"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35066"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37782"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26492"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49732"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51067"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25353"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20243"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23441"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23628"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13680"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40816"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17082"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13110"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50413"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="519038"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523582"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14031"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8358"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18520"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5387"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12477"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33818"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18049"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22828"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23898"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12052"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13953"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17483"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4608"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6511"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14267"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29586"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284319"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287067"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7778"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19733"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42007"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27169"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13301"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6290"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5958"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19020"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7169"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26549"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12945"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8388"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20827"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234719"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236515"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21655"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8050"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16266"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5886"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5274"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14325"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33293"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33430"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27695"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37069"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39739"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15362"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8601"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11345"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21738"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9492"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35141"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18962"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16990"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41821"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434983"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436742"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20192"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7790"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15759"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4470"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9045"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32671"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21720"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25248"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20304"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6333"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9302"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5456"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23892"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258234"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259284"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5280"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11710"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31926"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19435"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6253"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16746"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4266"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22948"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13506"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17929"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176749"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177458"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23776"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6134"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12620"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9884"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27161"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21351"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22786"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26968"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30010"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10079"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7513"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18306"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2660"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6758"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30283"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19680"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12430"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37612"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344179"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="345152"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22023"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6016"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12313"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6945"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26768"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15490"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21292"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15410"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6643"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4070"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10500"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7559"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6423"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20859"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212488"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213018"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5861"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22741"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14600"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14236"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19783"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12121"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16753"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131691"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132134"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19632"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13877"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10047"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14300"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10449"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15746"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4085"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8927"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16194"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9086"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4431"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22728"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177062"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177248"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18336"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5652"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13750"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13661"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9566"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12986"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120407"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120505"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8153"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6736"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9522"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9742"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56655"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56743"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27595"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27595"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21339"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21339"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0607"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+</pivotCacheRecords>
 </file>