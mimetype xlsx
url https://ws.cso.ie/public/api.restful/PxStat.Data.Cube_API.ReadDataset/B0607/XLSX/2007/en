--- v1 (2025-12-27)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9de2390a1414473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6188dcbb4e954bedaa71f7e5766319c4.psmdcp" Id="R369e26e934fd43a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48d596c6b7d4168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24fc9313dd1043609a73afabd2e698ad.psmdcp" Id="R6666e69c5e5f46fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>