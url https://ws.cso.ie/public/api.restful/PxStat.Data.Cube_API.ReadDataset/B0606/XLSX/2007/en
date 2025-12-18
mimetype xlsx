--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8da30c6211164e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0c310f7c88c43b4a3c37a27e3f7402e.psmdcp" Id="R07bb6bcbcb624b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4400d2a8b6044a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1fc7ee1940584ed19830b467758e268b.psmdcp" Id="R35641331ca934f54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0606</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0606/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Occupations 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -592,491 +592,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L757" totalsRowShown="0">
   <x:autoFilter ref="A1:L757"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1349,51 +1060,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0606/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1580,51 +1291,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -30382,51 +30093,51 @@
       <x:c r="I757" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L757" s="0">
         <x:v>102428</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30443,51 +30154,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0606"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -31322,27 +31033,10612 @@
         <x:n v="1263"/>
         <x:n v="16875"/>
         <x:n v="14345"/>
         <x:n v="2782"/>
         <x:n v="1229"/>
         <x:n v="2038"/>
         <x:n v="9755"/>
         <x:n v="1095"/>
         <x:n v="191"/>
         <x:n v="2077"/>
         <x:n v="15655"/>
         <x:n v="7308"/>
         <x:n v="2841"/>
         <x:n v="57"/>
         <x:n v="11063"/>
         <x:n v="101321"/>
         <x:n v="1107"/>
         <x:n v="102428"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96279"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35234"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71326"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9409"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24390"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22832"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61829"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136698"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110595"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102444"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156068"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177263"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62652"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37770"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52796"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78732"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12083"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3977"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37978"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151312"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70458"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51902"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11417"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196493"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779786"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15260"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8233"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7612"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17422"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10065"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14023"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18020"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8670"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16882"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7422"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20389"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185397"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188090"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8228"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4840"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9249"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6927"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9777"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4604"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7969"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3544"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98413"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99526"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15202"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6362"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8198"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15854"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7096"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7731"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12030"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16358"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8702"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14183"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7534"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4252"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16520"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164715"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166790"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11244"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15635"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10285"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28191"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48118"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36285"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60530"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51727"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32945"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20721"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16817"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22438"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16164"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44504"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19842"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19255"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69046"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548949"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555306"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8860"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4064"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8139"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6241"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16627"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15249"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10936"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17558"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18873"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6683"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5920"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7385"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15204"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7437"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5673"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18512"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192581"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194370"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11369"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7617"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7589"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7582"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8925"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11841"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15328"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6534"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12935"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6310"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4205"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14419"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150640"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152565"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16642"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9367"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9019"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9481"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13494"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19836"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3719"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8040"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16209"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7179"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4248"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19455"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184257"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186794"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18647"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5402"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11133"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8580"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20653"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12919"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14022"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19665"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27344"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6678"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9275"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12359"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23426"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10926"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5468"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26250"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254834"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257492"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89086"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33716"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69022"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18370"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16070"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40761"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133961"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66498"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92488"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25339"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86619"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35008"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26367"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41763"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17068"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20793"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52167"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22364"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22889"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7503"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112913"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051087"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063511"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14251"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7960"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5147"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17187"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9363"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9042"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12031"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112656"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114256"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7688"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9115"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4744"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7268"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60541"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61181"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14287"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6044"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8317"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9706"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99015"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100302"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10570"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15206"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27001"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27339"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32153"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12375"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25877"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18456"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14705"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13008"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17798"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6615"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9091"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37861"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306130"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309936"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7848"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7979"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4565"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16389"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9586"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9848"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9626"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4865"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4945"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10985"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116157"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117105"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10619"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7327"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11411"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7019"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4551"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8484"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90702"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91822"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15242"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8977"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5973"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16907"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5216"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8750"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8995"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5098"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11391"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112373"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113845"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17428"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5184"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20297"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12759"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12999"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7237"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7771"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15187"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153513"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155064"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6762"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21068"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44097"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130729"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90644"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27644"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11403"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11033"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61664"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17185"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99145"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48094"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29013"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83580"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728699"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="737422"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12240"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8978"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6779"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11915"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8358"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72741"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73834"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6057"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5662"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37872"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38345"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3481"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10526"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8041"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6833"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9453"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5164"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65700"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66488"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20779"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48155"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25850"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14489"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6016"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16915"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7270"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26706"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13227"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10164"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31185"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242819"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245370"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5663"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15002"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9247"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6059"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10259"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5108"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7527"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76424"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77265"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10110"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8309"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8384"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5935"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59938"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60743"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11764"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10841"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6308"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11111"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8064"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71884"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72949"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16875"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14345"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9755"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15655"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7308"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2841"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101321"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B0606"/>
+    <s v="2002 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102428"/>
+  </r>
+</pivotCacheRecords>
 </file>