--- v1 (2025-12-18)
+++ v2 (2026-02-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4400d2a8b6044a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1fc7ee1940584ed19830b467758e268b.psmdcp" Id="R35641331ca934f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a459952fc44cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c61a0a78d6614aee933e5539be3c98ff.psmdcp" Id="R01753da6dafb4026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>