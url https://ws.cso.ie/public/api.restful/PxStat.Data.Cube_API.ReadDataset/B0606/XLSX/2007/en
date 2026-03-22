--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a459952fc44cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c61a0a78d6614aee933e5539be3c98ff.psmdcp" Id="R01753da6dafb4026" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d3c40e9dfd14d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7ceec09393a416cb71e321448fe09b8.psmdcp" Id="R124051ffd71e4ab7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>