--- v0 (2025-11-03)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c8acbff22904440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d8af2993d644cc4a6ba98f77502482d.psmdcp" Id="R0f376ca8b6964e89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a72a0c05525404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fa46baabae542efb660f8e2a7e01b4c.psmdcp" Id="R98a51b4a0ebd479e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0601</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:04:51 AM</x:t>
+    <x:t>07/05/2020 11:04:51</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0601/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P6</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 6 - Occupations 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -499,371 +499,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02702V03270"/>
     <x:tableColumn id="4" name="Broad Occupational Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1136,51 +937,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0601/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1367,51 +1168,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="46.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26065,51 +25866,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>102428</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26126,51 +25927,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0601"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02702V03270">
       <x:sharedItems count="12">
         <x:s v="A100"/>
         <x:s v="B200"/>
         <x:s v="H800"/>
         <x:s v="I900"/>
         <x:s v="L1200"/>
         <x:s v="M1300"/>
         <x:s v="O1500"/>
         <x:s v="V2200"/>
         <x:s v="Y2500"/>
         <x:s v="-"/>
         <x:s v="Y2511"/>
@@ -26883,27 +26684,9100 @@
         <x:n v="573654"/>
         <x:n v="737422"/>
         <x:n v="57456"/>
         <x:n v="73834"/>
         <x:n v="27696"/>
         <x:n v="38345"/>
         <x:n v="50585"/>
         <x:n v="66488"/>
         <x:n v="203910"/>
         <x:n v="245370"/>
         <x:n v="52297"/>
         <x:n v="77265"/>
         <x:n v="47060"/>
         <x:n v="60743"/>
         <x:n v="55289"/>
         <x:n v="72949"/>
         <x:n v="79361"/>
         <x:n v="102428"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140625"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96279"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22227"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15260"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12271"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8228"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23979"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15202"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12733"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8860"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16687"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11369"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22969"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16642"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26455"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18647"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127627"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89086"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20740"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14251"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11257"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7688"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22137"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14287"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11161"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7848"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15054"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10619"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20456"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15242"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23996"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17428"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237146"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225020"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32593"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28245"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14780"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14497"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19605"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21939"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61114"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49924"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23347"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24456"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22259"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23051"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28456"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28700"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34992"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34208"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185636"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182306"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23427"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22091"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11687"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11831"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14877"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16599"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47624"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41507"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19273"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20654"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17274"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18306"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23315"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23195"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28159"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28123"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51510"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42714"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9166"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6154"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13490"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8417"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5141"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6833"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6085"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109798"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136698"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13706"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17422"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9249"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12216"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15854"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26398"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28191"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16627"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9406"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12722"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16502"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20653"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106805"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133961"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13394"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17187"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6525"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9115"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11930"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25321"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27001"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11898"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16389"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9165"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11411"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12460"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16907"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16112"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20297"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246205"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318565"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19646"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26665"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9915"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14607"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17467"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23378"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107437"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127903"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24994"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38480"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18242"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23628"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25852"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29736"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38052"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93686"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114726"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6830"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8428"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42220"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48805"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9918"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14711"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6945"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8161"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8714"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11343"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13440"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="152519"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203839"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12816"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18237"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6235"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9507"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11570"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16011"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65217"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79098"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15076"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23769"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11297"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15467"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11915"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17138"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18393"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24612"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89228"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102444"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8647"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10065"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7731"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34039"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36285"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10936"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7464"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8925"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8379"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9481"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12512"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14022"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82231"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92488"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9363"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5840"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30863"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32153"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7298"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9848"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6791"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8750"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11655"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12759"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195666"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239915"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17059"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21542"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9309"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11577"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16353"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20026"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71588"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84672"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18342"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25556"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15191"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18965"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19088"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23555"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28736"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34022"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="108937"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121627"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10994"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5728"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8953"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10261"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40930"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44333"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10507"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13321"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8060"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9055"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10012"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11040"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15703"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16895"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86729"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118288"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7400"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5849"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7400"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9765"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30658"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40339"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12235"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7131"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9910"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9076"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12515"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13033"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17127"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225855"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293794"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20302"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26579"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10295"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13798"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21248"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28298"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82830"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101581"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20908"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30661"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18033"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24225"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19608"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25718"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32631"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42934"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100320"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134416"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8055"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11144"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8913"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11906"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39210"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50753"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9543"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14479"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7955"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8114"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10635"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14465"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19241"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125535"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159378"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12247"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15435"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6230"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8346"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12335"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16392"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43620"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50828"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11365"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16182"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10078"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13419"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11494"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15083"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18166"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23693"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148377"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170578"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15616"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19230"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7639"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9556"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13123"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15767"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48946"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49276"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14745"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18493"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11962"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14449"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14532"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17761"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21814"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26046"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70480"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69564"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7436"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6172"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23787"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21994"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7536"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7922"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5884"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6499"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10248"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10143"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77897"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101014"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12063"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5773"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7329"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9595"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25159"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27282"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7209"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10571"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8565"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8292"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11262"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11566"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15903"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113472"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196493"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20389"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5652"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9983"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16520"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40011"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69046"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8875"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18512"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9675"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14419"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11413"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19455"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16434"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26250"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67774"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112913"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12031"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7268"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6225"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9706"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22309"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37861"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10985"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5777"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8484"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6804"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11391"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10094"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15187"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45698"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83580"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8358"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17702"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31185"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7527"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5935"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8064"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1506372"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779786"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161225"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185397"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80533"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98413"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140298"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164715"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="475667"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548949"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143983"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192581"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128919"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150640"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155935"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184257"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219812"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254834"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="943496"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051087"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104936"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112656"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53522"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60541"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90566"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99015"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="275090"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306130"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92743"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116157"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82703"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90702"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102161"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112373"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141775"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153513"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="562876"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728699"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56289"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72741"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27011"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37872"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49732"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65700"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="200577"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242819"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51240"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76424"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46216"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59938"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53774"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71884"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78037"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101321"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27592"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3760"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5079"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164591"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188090"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82236"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99526"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142779"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166790"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484079"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555306"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146322"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194370"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131109"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152565"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159695"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186794"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223153"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257492"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="960310"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063511"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107135"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114256"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54540"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61181"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92194"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100302"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="280169"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309936"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94025"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117105"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84049"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91822"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104406"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113845"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143792"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155064"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573654"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="737422"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57456"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73834"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27696"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38345"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50585"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66488"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203910"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245370"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52297"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77265"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47060"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60743"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55289"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72949"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79361"/>
+  </r>
+  <r>
+    <s v="B0601"/>
+    <s v="2002 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102428"/>
+  </r>
+</pivotCacheRecords>
 </file>