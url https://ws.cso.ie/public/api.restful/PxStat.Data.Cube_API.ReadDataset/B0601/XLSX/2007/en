--- v1 (2026-02-02)
+++ v2 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a72a0c05525404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fa46baabae542efb660f8e2a7e01b4c.psmdcp" Id="R98a51b4a0ebd479e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974d48060b2642f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0880b8d84664485a71ab06b2b7c41ae.psmdcp" Id="Rbde69e4e89454874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>