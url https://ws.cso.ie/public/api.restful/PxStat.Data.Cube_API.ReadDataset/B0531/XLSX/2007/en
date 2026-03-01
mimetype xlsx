--- v0 (2025-11-12)
+++ v1 (2026-03-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4199c9784c61479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/439265b6d6ab45d9bdca9be0400cd707.psmdcp" Id="Rbdc6e3508031448c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526e1b8f0f2345d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15cc795bba60436899c114c6deae66b4.psmdcp" Id="Rf93fd8bf945742ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0531</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over in Employment (ILO) and Average Hours Worked in the Week before Census Day</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0531/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -577,451 +577,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J751" totalsRowShown="0">
   <x:autoFilter ref="A1:J751"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02713V03281"/>
     <x:tableColumn id="4" name="Intermediate Industrial Group"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1292,51 +1027,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0531/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1523,51 +1258,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J751"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="61.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -25589,51 +25324,51 @@
       <x:c r="G751" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H751" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I751" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J751" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25650,51 +25385,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J751" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02713V03281">
       <x:sharedItems count="25">
         <x:s v="01"/>
         <x:s v="10"/>
         <x:s v="15"/>
         <x:s v="1500"/>
         <x:s v="159"/>
         <x:s v="170"/>
         <x:s v="200"/>
@@ -26474,27 +26209,9028 @@
         <x:n v="32710"/>
         <x:n v="18600"/>
         <x:n v="4433"/>
         <x:n v="9757"/>
         <x:n v="8637"/>
         <x:n v="9887"/>
         <x:n v="24736"/>
         <x:n v="52.5"/>
         <x:n v="38805"/>
         <x:n v="758899"/>
         <x:n v="82732"/>
         <x:n v="123300"/>
         <x:n v="51570"/>
         <x:n v="191340"/>
         <x:n v="142542"/>
         <x:n v="73015"/>
         <x:n v="55595"/>
         <x:n v="32.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="11877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="56439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="240395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="10654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="81831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="69796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="55331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10879"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="34686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="9162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="10423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="9329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="6810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="33017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="12061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7565"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="13062"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="88237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="33814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="24712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="19480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="7773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="7756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="146625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="4012"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="29021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="49743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="49814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="215920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="9761"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="22427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="10147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="47422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="62138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="51427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="80081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="8819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="4872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="13424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="20209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="21038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="94806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="5152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="22886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="26870"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="28168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="69495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="20915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="21904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="13947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="148354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="6350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="10049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="5406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="37290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="44119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="37065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="92723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="5420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="30194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="27233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="14784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="107445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="33986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="15650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="17102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="14539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="139541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="11911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="19829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="48359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="21680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="16909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="7775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="11969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="16454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="12843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="39949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="255803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="49793"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="29003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="7859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="21303"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="25522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="24952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="57422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="61341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1766945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="114194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="166190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="80848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="392842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="416166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="395213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="140151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="87354"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="10501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="53712"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12474"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6002"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="165114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="49594"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="51923"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="47653"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7239"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23730"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="7584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="15155"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="6640"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10929"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="59738"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="19802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="18577"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="16550"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18971"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="5336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="6520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="9140"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="139437"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="27009"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="47797"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="49063"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="118119"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="22316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="39422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="41991"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="43.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35922"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="13853"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="69965"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="15256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="19314"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="29198"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="7074"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="9364"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="83996"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="17816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="26725"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="29092"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="50753"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="14142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="17966"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="11628"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35038"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="6954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28609"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="9826"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="5338"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7909"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="27845"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="5212"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="8489"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="14460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="121554"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="17083"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="10403"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="11546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="16885"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="15065"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="32686"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="22536"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1008046"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="31462"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="42890"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="29278"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="201502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="273624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="322198"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="84556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="7841"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="75281"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="7334"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="32237"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="17873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7678"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10956"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11795"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="5316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="28499"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="14012"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="97801"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="19101"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="7236"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="25106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="22716"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="9436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="44159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="7213"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="7815"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="10240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24841"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="7630"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="7556"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="13841"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="12054"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="64358"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="7518"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="19474"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="17394"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7973"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="41970"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="16052"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9267"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="72407"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="25446"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="11941"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="10148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="7524"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="110932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="11143"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="18283"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="8638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="38533"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="16342"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5931"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35003"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="6757"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9099"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="25489"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="134249"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="32710"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="18600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="4433"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="9757"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="8637"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="9887"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="24736"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="38805"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="758899"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="82732"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="123300"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="51570"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="191340"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="142542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="73015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="55595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0531C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="32.3"/>
+  </r>
+</pivotCacheRecords>
 </file>