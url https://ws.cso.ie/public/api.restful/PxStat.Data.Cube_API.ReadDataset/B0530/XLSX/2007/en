--- v0 (2025-10-06)
+++ v1 (2025-11-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d65381571a848b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40c033bc01354bfabf5843c2d8c07729.psmdcp" Id="R19dbb1c50d2041f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb043428b193543a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8a5cc37188e4789b75a086a200f41de.psmdcp" Id="Reece0d2bb1f74197" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>