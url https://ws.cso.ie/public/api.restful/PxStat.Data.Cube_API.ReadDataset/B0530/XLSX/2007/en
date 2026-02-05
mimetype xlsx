--- v1 (2025-11-22)
+++ v2 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb043428b193543a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8a5cc37188e4789b75a086a200f41de.psmdcp" Id="Reece0d2bb1f74197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R991ace580f3b43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7ecf88394634127bdd0f8b2f8417bce.psmdcp" Id="R1a010a8e3808434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0530</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Unemployed Rate and Labour Force Participation Rate for Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0530/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -670,571 +670,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J793" totalsRowShown="0">
   <x:autoFilter ref="A1:J793"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1505,51 +1150,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0530/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1736,51 +1381,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -27146,51 +26791,51 @@
       <x:c r="G793" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27207,51 +26852,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -28033,27 +27678,9532 @@
         <x:n v="3165"/>
         <x:n v="50284"/>
         <x:n v="46.5"/>
         <x:n v="21217"/>
         <x:n v="9396"/>
         <x:n v="506"/>
         <x:n v="11315"/>
         <x:n v="46.7"/>
         <x:n v="52800"/>
         <x:n v="22097"/>
         <x:n v="2095"/>
         <x:n v="28608"/>
         <x:n v="8.7"/>
         <x:n v="20029"/>
         <x:n v="9104"/>
         <x:n v="564"/>
         <x:n v="10361"/>
         <x:n v="48.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="1786002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="108503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="1195270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1664380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="991830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="57616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="614934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="20302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="14309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="907629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="549186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="30642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="327801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="415609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="240715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="15603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="159291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="155035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="90263"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="60899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="151821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="99388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="4847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="47586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="185164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="118820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="60025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="125035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="80264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="41294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="36260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="24029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="25644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="12797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="78746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="43064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="31405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="102339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="63716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="35626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="27675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="55414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="31707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="90081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="49123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="36988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="88850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="52092"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="33649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="868992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="491398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="28862"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="348732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="80403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="47325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="353997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="201833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="11342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="140822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="101927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="51885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="4328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="45714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="252070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="149948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="7014"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="95108"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="105813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="57894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="44461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="139526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="78522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="56394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="43548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="22683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="55839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="37644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="47694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="27210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19028"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="61730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="33920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="25520"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="79829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="44694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="31993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="19642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="14368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="44252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="25052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="366609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="203030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="13078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="150501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="165599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="93840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="5662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="66097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="55078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="31756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="110521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="62084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="44978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="10901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="8845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="92165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="48767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="39398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="42357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="23342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="46111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="26180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="189794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="99744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="8947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="81103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="43655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="24345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="105320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="52384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="6099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="46837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="23015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="16282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="1015788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="65805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="440527"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="811578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="556982"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="34487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="220109"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18165"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="12101"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="433648"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="297536"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="18860"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="117252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="196875"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="127031"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="59919"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="72466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="49272"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="20901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="74310"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="55468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="16035"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="89997"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="65765"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3835"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="20397"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="46765"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="14024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="31274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="21137"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="8936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="15475"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="12187"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="7694"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="38667"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="24690"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11400"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="51413"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="37659"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="16472"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="27541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="18388"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="8096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="44656"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="28917"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13394"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="43525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="30148"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11479"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="431758"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="283438"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="17586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="130734"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40379"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="27477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="174300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="115851"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="6969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="51480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="28099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="125925"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="87752"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="34031"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="53061"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="33586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17275"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="69297"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="44767"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="12339"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48485"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="32428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="14537"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="16201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="31070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="19996"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9698"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="25560"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12095"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="17182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="10695"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5543"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="14865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6552"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="183036"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="116221"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="7950"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="58865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="81951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="52913"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="25643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="25553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="16233"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="8024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="56398"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="36680"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17619"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10524"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="6466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="46271"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="28457"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15310"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21743"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="14041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7018"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22547"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="14344"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7226"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95748"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="59147"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="5782"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30819"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22438"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="14949"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6669"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="52520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="30287"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18229"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="13911"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="770214"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="42698"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="754743"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="852802"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="434848"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="23129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="394825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="17786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="8201"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="473981"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="251650"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="11782"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="210549"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="218734"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="113684"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="99372"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="82569"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="40991"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="39998"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="77511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="43920"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="31551"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="53055"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="39628"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62334"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="33499"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="27270"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="30986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="15123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15093"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21964"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="10169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11906"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40079"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="18374"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="20005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="50926"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="26057"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="23556"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="11203"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12246"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="27873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="13319"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13720"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45425"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="20206"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="23594"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45325"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="21944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="22170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="437234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="207960"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="11276"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="217998"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40024"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="19848"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19063"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="179697"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="85982"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="4373"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="89342"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="53552"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="23786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="28265"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="47.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="126145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="62196"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="61077"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="52752"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="24308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="27186"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="70229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="33755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="34719"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22736"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="10344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11612"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="47493"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="23411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="23107"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23598"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="11009"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11968"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="30660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="13924"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="19134"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18395"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="8947"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="8825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21879"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="10187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11073"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="183573"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="86809"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="91636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="83648"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="40927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="40454"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="29525"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="15523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="54123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="25404"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="27359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="9853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45894"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="20310"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="24088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="9301"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10802"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="11836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="94046"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="40597"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="50284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="9396"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11315"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="52800"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="22097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="28608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C2"/>
+    <s v="Employed"/>
+    <s v="Number"/>
+    <n v="9104"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C3"/>
+    <s v="Unemployed"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C4"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10361"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C5"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0530C6"/>
+    <s v="Unemployment rate"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+</pivotCacheRecords>
 </file>