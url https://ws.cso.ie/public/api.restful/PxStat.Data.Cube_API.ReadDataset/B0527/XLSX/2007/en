--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2695465c4b4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2647fadf7b174b298a006b0ab174f442.psmdcp" Id="R094c3a3c4fa34628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbfa4c4459bf4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/00fad17619fb4d398e1243d0ad9b706f.psmdcp" Id="R692a05211eb4467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0527</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0527/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -676,603 +676,230 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L925" totalsRowShown="0">
   <x:autoFilter ref="A1:L925"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1545,51 +1172,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0527/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1776,51 +1403,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L925"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="79.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -36962,51 +36589,51 @@
       <x:c r="I925" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J925" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K925" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L925" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37023,51 +36650,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L925" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0527"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="545"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -37894,27 +37521,12964 @@
         <x:n v="1384"/>
         <x:n v="1042"/>
         <x:n v="4526"/>
         <x:n v="2449"/>
         <x:n v="46"/>
         <x:n v="1414"/>
         <x:n v="774"/>
         <x:n v="47"/>
         <x:n v="72"/>
         <x:n v="1148"/>
         <x:n v="91"/>
         <x:n v="428"/>
         <x:n v="186"/>
         <x:n v="152"/>
         <x:n v="531"/>
         <x:n v="70"/>
         <x:n v="28"/>
         <x:n v="53"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138199"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74164"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40919"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22798"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5343"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36097"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13900"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5856"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8044"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16320"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4632"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11618"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7923"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87834"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45542"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24926"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14249"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4799"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23469"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8931"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10893"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50365"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28622"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15993"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9094"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20869"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12089"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6841"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5239"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12230"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4085"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8639"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4983"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37153"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21325"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12254"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7075"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9454"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22322"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12567"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7318"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5808"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14831"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8758"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4936"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28228"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14701"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7765"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7512"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18020"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8995"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4680"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4961"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10208"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26357"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12617"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6573"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7360"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17993"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8215"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8364"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16498"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8028"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11972"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="B0527"/>
+    <s v="2002 Unemployed Population (Excluding First Time Job Seekers) Aged 15 Years and Over"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+</pivotCacheRecords>
 </file>