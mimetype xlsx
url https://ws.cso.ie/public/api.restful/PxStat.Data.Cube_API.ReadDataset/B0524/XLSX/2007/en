--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd2e302b79b24fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/64ab074cb7b94cf4b9edde6fcc45bd10.psmdcp" Id="Reebca062c3ac4380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77bc51b9f506498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a8ed634afff44329736e9dcc3184d38.psmdcp" Id="R310a2bd8fdad430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>