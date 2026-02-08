--- v1 (2025-11-16)
+++ v2 (2026-02-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77bc51b9f506498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a8ed634afff44329736e9dcc3184d38.psmdcp" Id="R310a2bd8fdad430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72252aa9754f46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/339e0be34b7342edb67243c0f4190db6.psmdcp" Id="Rdb0f430c237f417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0524</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0524/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -559,443 +559,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L451" totalsRowShown="0">
   <x:autoFilter ref="A1:L451"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Employment Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02713V03281"/>
     <x:tableColumn id="8" name="Intermediate Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1268,51 +1015,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0524/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1499,51 +1246,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L451"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="91.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="55.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="61.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -18673,51 +18420,51 @@
       <x:c r="I451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L451" s="0">
         <x:v>50365</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18734,51 +18481,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L451" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0524"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="6">
         <x:s v="905"/>
         <x:s v="904"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
         <x:s v="202"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Employment Status">
       <x:sharedItems count="6">
         <x:s v="Population aged 15 years and over at work and unemployed"/>
@@ -19292,27 +19039,6328 @@
         <x:n v="560"/>
         <x:n v="568"/>
         <x:n v="157"/>
         <x:n v="2631"/>
         <x:n v="502"/>
         <x:n v="43"/>
         <x:n v="332"/>
         <x:n v="5237"/>
         <x:n v="3322"/>
         <x:n v="1298"/>
         <x:n v="1003"/>
         <x:n v="3125"/>
         <x:n v="608"/>
         <x:n v="1711"/>
         <x:n v="2728"/>
         <x:n v="2239"/>
         <x:n v="21317"/>
         <x:n v="50365"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101597"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7110"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263263"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38181"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13695"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6378"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35067"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14109"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96732"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26535"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11675"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162110"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231042"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87257"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101336"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72520"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158667"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96435"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112707"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147210"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68378"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158479"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779786"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93181"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6533"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179273"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26066"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6224"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16322"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22445"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11777"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64924"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20536"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9555"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154466"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126135"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38930"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74499"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30236"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89727"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52797"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37173"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30130"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30307"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98145"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051087"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8416"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83990"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12115"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7471"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8842"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12622"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31808"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5999"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104907"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48327"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26837"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42284"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68940"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43638"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75534"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117080"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38071"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60334"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728699"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97281"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6658"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244203"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35279"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11238"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23619"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33511"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13268"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89591"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24707"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11363"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149271"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219165"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81418"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96855"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70838"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151107"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94746"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109301"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143520"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64333"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101528"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89276"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167174"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24091"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5246"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21457"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11093"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60414"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19210"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9286"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141959"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119495"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36413"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71316"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29557"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85292"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51716"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35478"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29168"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28501"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62511"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77029"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11188"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5992"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12054"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29177"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99670"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45005"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25539"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41281"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65815"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43030"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73823"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114352"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35832"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39017"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74007"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20384"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5795"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36763"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13743"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17972"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29204"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4599"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14329"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9923"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277003"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70232"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17566"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3708"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41692"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28828"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8381"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16427"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23020"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4535"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8423"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232665"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7935"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6184"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6480"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21006"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6078"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223558"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33402"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6837"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4881"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20614"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32366"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11236"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83740"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20654"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10961"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106599"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181729"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67298"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78708"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67630"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121672"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93939"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104612"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134538"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49830"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90998"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359156"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17144"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149482"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22602"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4533"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12958"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20449"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55002"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15481"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8921"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100052"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90472"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27891"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54799"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26863"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62209"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51189"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33863"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24610"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20598"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53798"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727444"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74076"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10800"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5295"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7656"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11917"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28738"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5173"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6547"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91257"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39407"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23909"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40767"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59463"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42750"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70749"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109928"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29232"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37200"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631712"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19060"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7141"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12839"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11877"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5839"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7560"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56951"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138199"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12099"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12507"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6640"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35634"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87834"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21317"/>
+  </r>
+  <r>
+    <s v="B0524"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50365"/>
+  </r>
+</pivotCacheRecords>
 </file>