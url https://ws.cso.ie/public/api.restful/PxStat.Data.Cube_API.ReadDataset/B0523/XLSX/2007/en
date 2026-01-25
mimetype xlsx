--- v0 (2025-11-05)
+++ v1 (2026-01-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87e16cd99cb34983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e904ffd6ea2f4c6883d639293f9c3c7c.psmdcp" Id="R8334182b4c584f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc2c8d19ada4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cfd6d1294f8040f5a8dfed5810a1aa7f.psmdcp" Id="R73bfcb9992484f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0523</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0523/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -478,347 +478,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N481" totalsRowShown="0">
   <x:autoFilter ref="A1:N481"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02704V03272"/>
     <x:tableColumn id="6" name="Employment Status"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C02325V02801"/>
     <x:tableColumn id="10" name="Marital Status"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1093,51 +918,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0523/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1324,51 +1149,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N481"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -22526,51 +22351,51 @@
       <x:c r="K481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N481" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22587,51 +22412,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N481" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0523"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -23107,27 +22932,7708 @@
         <x:n v="5850"/>
         <x:n v="1211"/>
         <x:n v="3976"/>
         <x:n v="229"/>
         <x:n v="434"/>
         <x:n v="4146"/>
         <x:n v="1045"/>
         <x:n v="1689"/>
         <x:n v="165"/>
         <x:n v="1247"/>
         <x:n v="329"/>
         <x:n v="164"/>
         <x:n v="44"/>
         <x:n v="209"/>
         <x:n v="99"/>
         <x:n v="96"/>
         <x:n v="68"/>
         <x:n v="32"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="707820"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833724"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78669"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21374"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398967"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518947"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37967"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7372"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308853"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314777"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40702"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14002"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277003"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68926"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188486"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14313"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232665"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57905"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160936"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10935"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11021"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27550"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359156"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636168"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="642851"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64157"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15980"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727444"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338798"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357239"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26953"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631712"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297370"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285612"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37204"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11526"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50364"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50236"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32018"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31966"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18346"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18270"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49620"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49504"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31375"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31333"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18245"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18171"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196602"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192075"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4314"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104755"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103079"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91847"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88996"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5712"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190234"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185968"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99505"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98000"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90729"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87968"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481885"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308007"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164369"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9084"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261997"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170562"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87509"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219888"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137445"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76860"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5262"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51400"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27629"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22768"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41234"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22753"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17805"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10166"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4876"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429240"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279425"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141325"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8105"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219817"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147001"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69574"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209423"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132424"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71751"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406755"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89256"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285854"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29439"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240214"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51179"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174736"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166541"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38077"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111118"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15793"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81189"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16079"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60091"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67246"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13190"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50401"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13943"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9690"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324545"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72813"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225180"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24666"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172459"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37689"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124156"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10137"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152086"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35124"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101024"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14529"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317822"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41656"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241234"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28633"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6299"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194495"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24382"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153893"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14112"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123327"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17274"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87341"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14521"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74130"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8934"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58382"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5674"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62991"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7607"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50316"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4417"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11139"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8066"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242566"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32471"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182071"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22879"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5145"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131081"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16567"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103395"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9666"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111485"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15904"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78676"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13213"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3692"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160564"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19892"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121296"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10543"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8833"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108435"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12535"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87070"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5787"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52129"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7357"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34226"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4756"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5790"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46782"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5990"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36287"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40747"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32236"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6035"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112955"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13731"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84438"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7923"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6863"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67357"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54654"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45598"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29784"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4213"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4867"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27595"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6698"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16538"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21339"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5264"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14082"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17270"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10709"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15280"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10010"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9996"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5850"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0523"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+</pivotCacheRecords>
 </file>