--- v0 (2025-11-15)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R894acfedbd664502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d318578817541a7ad3b2db99b019d61.psmdcp" Id="Rbf7f4388c12b46cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ee139f92174e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c379f7f838c54e2a92c3925818eb996f.psmdcp" Id="R15243f5cc34d46f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0521</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0521/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -673,595 +673,228 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Employment Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1534,51 +1167,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0521/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1765,51 +1398,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="91.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="55.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31935,51 +31568,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>721</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31996,51 +31629,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0521"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="6">
         <x:s v="905"/>
         <x:s v="904"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
         <x:s v="202"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Employment Status">
       <x:sharedItems count="6">
         <x:s v="Population aged 15 years and over at work and unemployed"/>
@@ -32931,27 +32564,11116 @@
         <x:n v="958"/>
         <x:n v="1068"/>
         <x:n v="960"/>
         <x:n v="1497"/>
         <x:n v="814"/>
         <x:n v="683"/>
         <x:n v="5427"/>
         <x:n v="2648"/>
         <x:n v="1075"/>
         <x:n v="1573"/>
         <x:n v="254"/>
         <x:n v="1345"/>
         <x:n v="481"/>
         <x:n v="699"/>
         <x:n v="3688"/>
         <x:n v="564"/>
         <x:n v="2403"/>
         <x:n v="721"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779786"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="990191"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20004"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548949"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247098"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86162"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97440"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118249"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78531"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35426"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25946"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13099"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45119"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62563"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27753"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31615"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49699"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51487"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484602"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46702"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196899"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52511"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144388"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57935"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77206"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23488"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53718"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26732"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34157"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44971"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20142"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24829"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201481"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92664"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30827"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61837"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49396"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22655"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25947"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103512"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24072"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56302"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23138"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051087"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574151"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12361"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306130"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134702"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48586"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55657"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67185"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46963"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21687"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16432"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8162"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26748"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38154"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17040"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18907"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30527"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31040"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292013"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28139"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118188"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29902"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88286"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35325"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45976"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13450"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32526"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16587"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21054"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26744"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11366"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15378"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120608"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54611"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16434"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38177"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6715"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30212"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14192"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14878"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64315"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15397"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34348"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14570"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728699"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="416040"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7643"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242819"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112396"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37576"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41783"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51064"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31568"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13739"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9514"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18371"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24409"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10713"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12708"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19172"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20447"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192589"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18563"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78711"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22609"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56102"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22610"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31230"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21192"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10145"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13103"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18227"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8776"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9451"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80873"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38053"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14393"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23660"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19184"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8463"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11069"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39197"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21954"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8568"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="916027"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18340"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="508030"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224300"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81930"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91699"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110101"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74347"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33085"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23705"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11895"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39776"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58990"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25599"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29221"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45249"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47790"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="448505"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43679"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182999"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46655"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136344"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53296"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71314"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20648"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50666"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24989"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31336"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40892"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18003"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22889"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185161"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85210"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28188"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57022"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9990"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44764"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21270"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23927"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91894"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22414"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48379"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21101"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="528609"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11355"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281204"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120453"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46034"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52331"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62386"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44574"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20105"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14829"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7423"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23432"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36049"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15795"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17465"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27655"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28723"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268544"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26213"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109257"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26042"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83215"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32141"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42110"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11568"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30542"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15468"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19193"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24162"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10041"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14121"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109715"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49805"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14870"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34935"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6140"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26925"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13288"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13557"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56385"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14303"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28828"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13254"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387418"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226826"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103847"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35896"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39368"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47715"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29773"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12980"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8876"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4472"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16344"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22941"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9804"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11756"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17594"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19067"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179961"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17466"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73742"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20613"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53129"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21155"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29204"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9080"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20124"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9521"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16730"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7962"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8768"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75446"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35405"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13318"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22087"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17839"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7982"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10370"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35509"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19551"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7847"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277003"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131740"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57166"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21410"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12927"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11103"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11726"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10628"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10865"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5270"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8803"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85864"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9299"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33742"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29063"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12603"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9572"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6607"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5038"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39341"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16893"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13550"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10387"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5256"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4424"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20058"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5720"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9349"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232665"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109403"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46048"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16777"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10052"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9198"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10021"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8873"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4193"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9291"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4461"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72040"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7766"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28219"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24439"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9550"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8090"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4887"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33644"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14275"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11726"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8974"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4593"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17578"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8095"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4428"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22337"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11118"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4633"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13824"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359156"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782033"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14838"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="450200"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202603"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68874"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80482"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98241"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63532"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25658"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18758"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9166"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33831"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20665"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23851"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34774"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38828"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360791"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34210"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148542"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41895"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106647"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40402"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59658"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18764"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40894"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19213"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24618"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34148"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16398"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17750"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144990"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68001"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24796"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43205"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7533"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34126"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15899"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19431"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71342"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16552"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38795"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15995"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727444"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417986"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8351"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234891"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103558"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35936"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43086"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52311"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35594"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13809"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10535"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18406"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26661"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11557"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12945"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18769"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21434"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195434"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18360"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80622"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22228"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58394"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21416"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32435"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10098"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22337"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10488"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13520"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18593"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8792"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9801"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75536"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35336"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12298"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23038"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17787"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9750"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38488"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9157"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20584"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8747"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631712"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364047"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6487"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215309"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99045"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32938"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37396"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45930"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27938"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11849"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8223"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15425"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21271"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9108"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10906"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16005"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17394"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165357"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15850"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67920"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19667"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48253"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18986"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27223"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8666"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18557"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8725"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11098"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15555"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7606"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7949"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69454"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32665"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12498"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20167"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16339"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32854"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7395"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18211"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7248"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138199"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74164"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40919"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22798"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5343"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36097"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13900"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5856"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8044"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16320"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4632"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11618"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7923"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87834"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45542"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24926"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14249"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4799"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23469"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8931"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10893"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50365"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28622"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15993"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="B0521"/>
+    <s v="2002 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+</pivotCacheRecords>
 </file>