--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ee139f92174e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c379f7f838c54e2a92c3925818eb996f.psmdcp" Id="R15243f5cc34d46f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad1be93b62d24697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c4b412cfef84e9682f47458082445a1.psmdcp" Id="R1ae8488d51a3484a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>