--- v0 (2025-11-04)
+++ v1 (2026-01-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48cb15b2eeab4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb1f33c70a9243379308e8afc258723f.psmdcp" Id="Rc723e171dedb469c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a99fb7531974c6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8fcd4afc40c40dea2719d52130702b3.psmdcp" Id="R1b9e3ff5f7064ecd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0517</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0517/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -565,459 +565,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02713V03281" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L601" totalsRowShown="0">
   <x:autoFilter ref="A1:L601"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02713V03281"/>
     <x:tableColumn id="8" name="Intermediate Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1290,51 +1025,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0517/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1521,51 +1256,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L601"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="61.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -24395,51 +24130,51 @@
       <x:c r="I601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L601" s="0">
         <x:v>6256</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24456,51 +24191,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L601" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0517"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -25168,27 +24903,8428 @@
         <x:n v="6"/>
         <x:n v="53"/>
         <x:n v="5"/>
         <x:n v="74"/>
         <x:n v="20"/>
         <x:n v="17"/>
         <x:n v="16"/>
         <x:n v="10"/>
         <x:n v="51"/>
         <x:n v="998"/>
         <x:n v="530"/>
         <x:n v="266"/>
         <x:n v="79"/>
         <x:n v="383"/>
         <x:n v="599"/>
         <x:n v="491"/>
         <x:n v="697"/>
         <x:n v="6256"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97281"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6658"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244203"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35279"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11238"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23619"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33511"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13268"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89591"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24707"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11363"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149271"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219165"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81418"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96855"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70838"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151107"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94746"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109301"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143520"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64333"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101528"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89276"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167174"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24091"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5246"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21457"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11093"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60414"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19210"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9286"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141959"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119495"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36413"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71316"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29557"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85292"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51716"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35478"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29168"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28501"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62511"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8005"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77029"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11188"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5992"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12054"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29177"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99670"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45005"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25539"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41281"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65815"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43030"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73823"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114352"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35832"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39017"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6262"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9296"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11291"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7832"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50364"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4922"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9161"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6036"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4784"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32018"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3048"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18346"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31474"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13201"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24343"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32021"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14815"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9015"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13097"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20063"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7135"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7378"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10213"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8243"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12944"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196602"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20478"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8681"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23298"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15467"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6176"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9510"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7606"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104755"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10996"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16554"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8639"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4570"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8764"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10553"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3946"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8950"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5722"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5338"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91847"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16347"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86624"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10836"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8136"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13327"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3735"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35782"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7657"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40263"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64282"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25197"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27277"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26672"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59537"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22957"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25538"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39150"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18394"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26191"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481885"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14777"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54862"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6945"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4787"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7670"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22657"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37671"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33528"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11811"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17393"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10228"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31820"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10830"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6366"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6948"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7011"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16047"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261997"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31762"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3891"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5657"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13125"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30754"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13386"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9884"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16444"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27717"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12127"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19172"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32202"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11383"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10144"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219888"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22270"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61845"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9099"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5751"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8497"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3283"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22348"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6406"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35242"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51953"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17115"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26799"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16271"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34560"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29672"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29920"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40106"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14766"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21351"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406755"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20482"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43055"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5730"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15374"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33416"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29284"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7828"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21354"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7289"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20318"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15961"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8469"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8490"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6903"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13315"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240214"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18790"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6974"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22669"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9287"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5445"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8982"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14242"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13711"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21451"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31616"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7863"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8036"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166541"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23547"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39380"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6752"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4161"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5073"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11472"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26329"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37636"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12856"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21165"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10152"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22698"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23855"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29783"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34777"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11617"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18763"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317822"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21627"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28964"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8284"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25148"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20963"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17626"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13970"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14442"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11344"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7557"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6045"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11743"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194495"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10416"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16673"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7475"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3539"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8728"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18439"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27220"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5572"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7020"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123327"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18957"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17151"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12508"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18725"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5971"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10335"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10454"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9484"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14835"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16563"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6895"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12604"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160564"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17573"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13742"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12026"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11958"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9044"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7170"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6326"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6996"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7870"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108435"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3283"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12449"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52129"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10435"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27595"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9766"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21339"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Manufacturing industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacture of food products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="159"/>
+    <s v="Manufacture of beverages and tobacco"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="170"/>
+    <s v="Manufacture of textiles, clothing, footwear and leather"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Manufacture of wood and wood products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="210"/>
+    <s v="Manufacture of paper, paper products, printing and publishing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="230"/>
+    <s v="Manufacture of chemicals, rubber and plastic products"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="Manufacture of glass, pottery and cement"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="270"/>
+    <s v="Manufacture of metals, metal products, machinery and engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="340"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="40"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="500"/>
+    <s v="Wholesale and retail trade"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="551"/>
+    <s v="Hotels and restaurants"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="60"/>
+    <s v="Transport, storage and communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="Banking and financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="700"/>
+    <s v="Real estate, renting and business activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="752"/>
+    <s v="Public administration and defence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="801"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="851"/>
+    <s v="Health and social work"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="900"/>
+    <s v="Other community, social and personal service activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="Industry not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="B0517"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All industries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+</pivotCacheRecords>
 </file>