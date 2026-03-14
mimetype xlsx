--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a99fb7531974c6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8fcd4afc40c40dea2719d52130702b3.psmdcp" Id="R1b9e3ff5f7064ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11259d53fd044af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44feb557f7e5419abd2177f257db9d7b.psmdcp" Id="R3fdcc4d8afca47fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>