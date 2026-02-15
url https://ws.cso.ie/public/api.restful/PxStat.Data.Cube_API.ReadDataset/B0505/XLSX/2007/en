--- v0 (2025-10-03)
+++ v1 (2026-02-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa07a194fe56489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe167f2a1de24268804c97bb40196cce.psmdcp" Id="R96ac1ea5b641418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c62c9eb262f44bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2a5166e2ddb4c01899560a2f89faeae.psmdcp" Id="Re511c3ba19a14aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0505</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0505/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -481,339 +481,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L244" totalsRowShown="0">
   <x:autoFilter ref="A1:L244"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1086,51 +911,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0505/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1317,51 +1142,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L244"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10625,51 +10450,51 @@
       <x:c r="I244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L244" s="0">
         <x:v>3151</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10686,51 +10511,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L244" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0505"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="9">
         <x:s v="801"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
       </x:sharedItems>
     </x:cacheField>
@@ -11031,27 +10856,3430 @@
         <x:n v="14696"/>
         <x:n v="1500"/>
         <x:n v="650"/>
         <x:n v="1721"/>
         <x:n v="4765"/>
         <x:n v="1293"/>
         <x:n v="1239"/>
         <x:n v="1389"/>
         <x:n v="2139"/>
         <x:n v="20876"/>
         <x:n v="2247"/>
         <x:n v="974"/>
         <x:n v="2189"/>
         <x:n v="6086"/>
         <x:n v="2243"/>
         <x:n v="1664"/>
         <x:n v="2322"/>
         <x:n v="3151"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335028"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173489"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300121"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907629"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316224"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267623"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329851"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459810"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167486"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87529"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149965"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433648"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157639"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133772"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164720"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227361"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167542"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85960"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150156"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473981"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158585"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133851"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165131"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232449"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165587"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90420"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151244"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="508030"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181127"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139982"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168902"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236295"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99514"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55512"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90018"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281204"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109346"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83791"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102470"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141398"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66073"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34908"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61226"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226826"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71781"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56191"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66432"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94897"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138199"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19810"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7993"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13471"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40919"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11454"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10658"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15355"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18539"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87834"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13142"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8997"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24926"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6811"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6911"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9903"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12115"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50365"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6668"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15993"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6424"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35380"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18106"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37748"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105059"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34301"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32115"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34145"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53920"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166155"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16354"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8604"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17686"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50475"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16136"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15365"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16061"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25474"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184619"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19026"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9502"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20062"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54584"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18165"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16750"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18084"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28446"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438986"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50560"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27419"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43254"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110927"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46881"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38781"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51732"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69432"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21353"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5745"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417633"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47989"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25990"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40867"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105182"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44431"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36981"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49609"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66584"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333255"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40180"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19093"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34470"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92674"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26229"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29138"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38567"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52904"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189282"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23578"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11455"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20187"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48103"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14915"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17199"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22957"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30888"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143973"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16602"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7638"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14283"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44571"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11314"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11939"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15610"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22016"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130255"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17071"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7721"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13949"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32812"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10907"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12121"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14902"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20772"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67123"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9227"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4210"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7682"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14624"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5740"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6347"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8345"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10948"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63132"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7844"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3511"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6267"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18188"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5167"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6557"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9824"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35572"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10851"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5290"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14696"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4765"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20876"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6086"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="B0505"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+</pivotCacheRecords>
 </file>