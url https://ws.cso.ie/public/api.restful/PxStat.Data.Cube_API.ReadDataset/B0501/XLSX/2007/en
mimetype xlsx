--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ec6682ecd541fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/967745cee2ab4d45950a6950bdd35884.psmdcp" Id="Rdc8fa842d6ed4d70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R427778e384a94d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc9ee616f6094c7da8998b0af3417010.psmdcp" Id="Rea357e5c12e94750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>