--- v1 (2025-11-16)
+++ v2 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R427778e384a94d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc9ee616f6094c7da8998b0af3417010.psmdcp" Id="Rea357e5c12e94750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00aba1e643174e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c535dc19e6df47ceb854c40fcc9ef76c.psmdcp" Id="Rca2f1597c9664b59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0501</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0501/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -448,299 +448,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J166" totalsRowShown="0">
   <x:autoFilter ref="A1:J166"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1011,51 +860,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0501/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1242,51 +1091,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J166"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -6588,51 +6437,51 @@
       <x:c r="G166" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J166" s="0">
         <x:v>20876</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6649,51 +6498,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J166" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0501"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="11">
         <x:s v="801"/>
         <x:s v="-01"/>
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="-04"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="602"/>
@@ -6903,27 +6752,2008 @@
         <x:n v="28792"/>
         <x:n v="27526"/>
         <x:n v="63132"/>
         <x:n v="5481"/>
         <x:n v="6947"/>
         <x:n v="3571"/>
         <x:n v="2570"/>
         <x:n v="35572"/>
         <x:n v="3088"/>
         <x:n v="2378"/>
         <x:n v="2662"/>
         <x:n v="1935"/>
         <x:n v="14696"/>
         <x:n v="2393"/>
         <x:n v="4569"/>
         <x:n v="909"/>
         <x:n v="635"/>
         <x:n v="20876"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="2399676"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2515942"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2585145"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1193945"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1244044"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1270580"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1358780"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1205731"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1271898"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1314565"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1407883"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1271122"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1329546"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1382870"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="912495"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="920300"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="911200"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="960310"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063511"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="358627"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="409246"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="471670"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573654"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="737422"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1137827"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1091155"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1149080"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1307236"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="808670"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="741318"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="743948"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="802647"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="329157"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="349837"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="405132"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504589"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="20199"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="43001"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34015"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27592"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="12546"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="26082"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20564"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="16919"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13451"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="113096"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="195390"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="199775"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199136"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138199"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="91279"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="152900"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="146688"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140849"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87834"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="21817"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="42490"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="53087"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58287"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50365"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1128554"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="1186396"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1202275"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1232699"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288842"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="281450"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="323744"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="359380"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="398470"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458609"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="847104"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="862652"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="842895"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="834229"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="830233"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="200316"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="245210"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="283064"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="97306"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="121373"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="140072"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166914"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166155"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="103010"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="123837"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="142992"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172682"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184619"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="662551"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="653843"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="595469"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="553215"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438986"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21353"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="661510"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="653398"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="592771"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="549077"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417633"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="177324"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="199188"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="239736"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="258454"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333255"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="129084"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="147468"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="162305"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="174145"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189282"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="48240"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="51720"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="77431"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84309"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143973"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="82882"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="81208"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="80435"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78864"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130255"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="50931"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="52080"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="51643"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51338"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67123"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="31951"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="29128"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28792"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27526"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63132"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="6947"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35572"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3088"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14696"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="Number"/>
+    <n v="4569"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="B0501"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20876"/>
+  </r>
+</pivotCacheRecords>
 </file>