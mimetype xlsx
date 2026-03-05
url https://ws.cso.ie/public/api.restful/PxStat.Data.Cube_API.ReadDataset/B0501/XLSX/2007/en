--- v2 (2026-01-02)
+++ v3 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00aba1e643174e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c535dc19e6df47ceb854c40fcc9ef76c.psmdcp" Id="Rca2f1597c9664b59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2dc04b641e14c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac03e8d815fe4ab59090b53c3df06cb4.psmdcp" Id="Ra4415ab3fd83446d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>