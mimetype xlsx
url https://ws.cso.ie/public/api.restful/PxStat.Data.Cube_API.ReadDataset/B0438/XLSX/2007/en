--- v0 (2025-11-08)
+++ v1 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc57cbd8896714d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a68bed586ec47a5bae9a4b8aac4712e.psmdcp" Id="R7dcf14dcebee4b54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c121d5185ea4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79c273e6251d4aec832ea20685650e86.psmdcp" Id="R9c8374e812834e8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0438</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0438/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -550,451 +550,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L742" totalsRowShown="0">
   <x:autoFilter ref="A1:L742"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1267,51 +1008,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0438/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1498,51 +1239,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L742"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="52.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -29730,51 +29471,51 @@
       <x:c r="I742" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J742" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K742" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L742" s="0">
         <x:v>1942272</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29791,51 +29532,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L742" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0438"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -30357,27 +30098,10402 @@
         <x:n v="1780960"/>
         <x:n v="10494"/>
         <x:n v="6666"/>
         <x:n v="2126"/>
         <x:n v="6139"/>
         <x:n v="52799"/>
         <x:n v="3304"/>
         <x:n v="4016"/>
         <x:n v="10242"/>
         <x:n v="8670"/>
         <x:n v="9942"/>
         <x:n v="9765"/>
         <x:n v="6188"/>
         <x:n v="5503"/>
         <x:n v="1239"/>
         <x:n v="365"/>
         <x:n v="23854"/>
         <x:n v="1942272"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3405941"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3390675"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4743"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44817"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3458479"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44370"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42056"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5047"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49928"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96958"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82193"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13965"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82028"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182624"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5367"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10286"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15963"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6794"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8770"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14298"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17237"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21773"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26235"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4441"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20867"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28132"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10705"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7007"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10230"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21541"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19744"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26515"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8632"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16277"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3584975"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3535676"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20491"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12387"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12249"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103476"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6363"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7216"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23105"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16381"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20981"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21779"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11384"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11236"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48412"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858495"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1690514"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1683028"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22666"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1717314"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21729"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20546"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24344"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47700"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40681"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6663"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39934"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89486"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5195"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7946"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8165"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12097"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14447"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11517"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15349"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4666"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9992"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10308"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13917"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8036"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1778590"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754716"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9997"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50677"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12863"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7711"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11039"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12014"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5196"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24558"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1916223"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1715427"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1707647"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22151"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1741165"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22641"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21510"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25584"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49258"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41512"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7302"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42094"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93138"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5091"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8017"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3054"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7626"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9676"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11788"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9350"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12783"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5663"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5564"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11549"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9436"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12598"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1806385"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780960"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10494"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6666"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52799"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4016"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10242"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="OEU1501"/>
+    <s v="Other EU15 (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8670"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9942"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9765"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5503"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23854"/>
+  </r>
+  <r>
+    <s v="B0438"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1942272"/>
+  </r>
+</pivotCacheRecords>
 </file>