--- v1 (2026-01-15)
+++ v2 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c121d5185ea4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79c273e6251d4aec832ea20685650e86.psmdcp" Id="R9c8374e812834e8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa29ca63b78482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c753ccc6aa1542329425db05656bf11d.psmdcp" Id="Re6792b603f87416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>