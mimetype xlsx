--- v0 (2025-11-04)
+++ v1 (2026-01-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1c9c0b190d4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95a251ba4e4a4dd489fdf0f307b91c60.psmdcp" Id="Ra520a676c6c34812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af64cef77a34ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fc87a7575094de79fcc304b04f9f875.psmdcp" Id="R3b00a4016f154914" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0437</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0437/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L970" totalsRowShown="0">
   <x:autoFilter ref="A1:L970"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0437/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L970"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="52.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -38462,51 +38179,51 @@
       <x:c r="I970" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J970" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K970" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L970" s="0">
         <x:v>29119</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38523,51 +38240,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L970" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0437"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -39416,27 +39133,13594 @@
         <x:n v="38642"/>
         <x:n v="192"/>
         <x:n v="105"/>
         <x:n v="773"/>
         <x:n v="1605"/>
         <x:n v="41538"/>
         <x:n v="11715"/>
         <x:n v="11595"/>
         <x:n v="1"/>
         <x:n v="399"/>
         <x:n v="12419"/>
         <x:n v="27259"/>
         <x:n v="27047"/>
         <x:n v="74"/>
         <x:n v="37"/>
         <x:n v="3"/>
         <x:n v="1206"/>
         <x:n v="29119"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3584975"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3535676"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20491"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12387"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12249"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103476"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29960"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23105"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20981"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21779"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11384"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11236"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48412"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858495"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1778590"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754716"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9997"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50677"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13970"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12863"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11039"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12014"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5196"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5733"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24558"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1916223"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1806385"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780960"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10494"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6666"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52799"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15990"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10242"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9942"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9765"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5503"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23854"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1942272"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262893"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257713"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4799"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276149"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134632"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132011"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141280"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128261"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125702"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134869"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245798"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240330"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6413"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4415"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263258"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126558"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123716"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135440"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119240"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116614"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127818"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266912"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261805"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4702"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284472"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136602"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134060"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145486"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130310"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127745"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138986"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297038"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293919"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4867"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310540"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152474"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150982"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159282"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144564"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142937"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151258"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291700"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289071"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4591"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3338"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318820"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148211"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146933"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161389"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143489"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142138"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157431"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267770"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264565"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8401"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6743"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5883"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304532"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133568"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132059"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4089"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151914"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134202"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132506"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152618"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263400"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258763"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12008"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3904"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298569"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130457"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128298"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5943"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148944"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132943"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130465"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6065"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149625"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258932"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253941"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12528"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286382"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127272"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124969"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6249"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141805"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131660"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128972"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6279"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144577"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248384"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244511"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9588"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268235"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122820"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120951"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133072"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125564"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123560"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135163"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232108"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229706"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246164"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115838"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114632"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123037"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116270"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115074"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123127"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214377"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212608"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7078"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227078"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108094"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107235"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114537"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106283"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105373"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112541"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183015"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181360"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6222"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193582"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92693"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91924"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97940"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90322"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89436"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3179"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95642"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142629"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141238"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150808"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71733"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71061"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75840"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70896"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70177"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74968"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125007"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123793"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130803"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61151"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60576"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63956"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63856"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63217"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66847"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105529"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104430"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110387"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48509"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47985"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50856"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57020"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56445"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59531"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84985"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84213"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88816"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35265"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34936"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36936"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49720"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49277"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51880"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55524"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55068"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58362"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20998"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20793"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22090"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34526"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34275"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36272"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38974"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38642"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41538"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11715"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11595"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12419"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27259"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27047"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="B0437"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29119"/>
+  </r>
+</pivotCacheRecords>
 </file>