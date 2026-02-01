--- v0 (2025-11-05)
+++ v1 (2026-02-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51293fd80024286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47fb7c7937be4ee684731fa3a2ece3f5.psmdcp" Id="R5dcf88408b5c4794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc19583e76ad64375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89b9a42b12014315ad9292061db5da82.psmdcp" Id="R74f3b33fe937417c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0434</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0434/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -568,459 +568,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L799" totalsRowShown="0">
   <x:autoFilter ref="A1:L799"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Birthplace"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1293,51 +1028,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0434/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1524,51 +1259,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L799"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="52.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31922,51 +31657,51 @@
       <x:c r="I799" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J799" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K799" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L799" s="0">
         <x:v>29119</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31983,51 +31718,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L799" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0434"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -32809,27 +32544,11200 @@
         <x:n v="145"/>
         <x:n v="41538"/>
         <x:n v="9274"/>
         <x:n v="2451"/>
         <x:n v="297"/>
         <x:n v="3"/>
         <x:n v="8"/>
         <x:n v="14"/>
         <x:n v="22"/>
         <x:n v="15"/>
         <x:n v="12419"/>
         <x:n v="20880"/>
         <x:n v="6652"/>
         <x:n v="543"/>
         <x:n v="650"/>
         <x:n v="141"/>
         <x:n v="97"/>
         <x:n v="29119"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2697735"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="760744"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49928"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182624"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15963"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6794"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8770"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17237"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26235"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26515"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28132"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21541"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16277"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858495"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1373336"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343978"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24344"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89486"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7946"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8165"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14447"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13917"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15349"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9992"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8036"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1916223"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1324399"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="416766"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25584"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93138"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8017"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11788"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12598"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12783"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11549"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1942272"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231403"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30570"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5590"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276149"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118542"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15643"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141280"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112861"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14927"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134869"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207761"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30122"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12924"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263258"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106866"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15585"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135440"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100895"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14537"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127818"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225385"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31626"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15513"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284472"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115620"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16017"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7856"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145486"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109765"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15609"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7657"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138986"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250637"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40887"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8707"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310540"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129489"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20288"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159282"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121148"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20599"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151258"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221104"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64960"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9096"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5566"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318820"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115945"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29737"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161389"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105159"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35223"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4791"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157431"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186214"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69214"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15267"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4046"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6144"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4783"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5084"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304532"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96183"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31664"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7291"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151914"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90031"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37550"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152618"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175798"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65903"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5406"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26291"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5164"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4331"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298569"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89813"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30158"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12842"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148944"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85985"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35745"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13449"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149625"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174943"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61951"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26936"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286382"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88685"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28088"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13138"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141805"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86258"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33863"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13798"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144577"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171182"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60385"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20000"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268235"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87550"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27001"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9674"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133072"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83632"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33384"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10326"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135163"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162764"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60761"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10941"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246164"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84830"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26797"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123037"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77934"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33964"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123127"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151782"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57379"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3874"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8826"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227078"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80247"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25321"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4458"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114537"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71535"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32058"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112541"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128775"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50254"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193582"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68374"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22416"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3477"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97940"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60401"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27838"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3562"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95642"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103196"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36819"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150808"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54006"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16515"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75840"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49190"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20304"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74968"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91833"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31487"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130803"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46483"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13775"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63956"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45350"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17712"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66847"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78342"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25944"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110387"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37296"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10667"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50856"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41046"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15277"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59531"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64490"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20051"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88816"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27733"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7360"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36936"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36757"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12691"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51880"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41972"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13328"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58362"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16400"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4495"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22090"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25572"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8833"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36272"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30154"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9103"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41538"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9274"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12419"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20880"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6652"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB2"/>
+    <s v="Other EU 15  (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0434"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29119"/>
+  </r>
+</pivotCacheRecords>
 </file>