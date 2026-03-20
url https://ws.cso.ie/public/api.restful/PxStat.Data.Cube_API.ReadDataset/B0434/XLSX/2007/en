--- v1 (2026-02-01)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc19583e76ad64375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89b9a42b12014315ad9292061db5da82.psmdcp" Id="R74f3b33fe937417c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red5f388f8ecd4d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de8d055723264ce3b7fc8105b809a080.psmdcp" Id="Re6d13fe4b1344d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>