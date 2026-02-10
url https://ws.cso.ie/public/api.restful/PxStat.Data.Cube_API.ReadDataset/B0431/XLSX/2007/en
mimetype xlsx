--- v0 (2025-11-04)
+++ v1 (2026-02-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17ec0a27bee640bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9af78f2766f24df3b1bd6234edd9b330.psmdcp" Id="Rdcdbe2948c724bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R179d57e2346440bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08d9a72634ae41ec9f479beee44d0259.psmdcp" Id="R362c315646124ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0431</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0431/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Deirdre O'Connor</x:t>
   </x:si>
@@ -586,459 +586,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J466" totalsRowShown="0">
   <x:autoFilter ref="A1:J466"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Birthplace"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1309,51 +1038,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0431/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1540,51 +1269,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J466"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="60.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -16486,51 +16215,51 @@
       <x:c r="G466" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J466" s="0">
         <x:v>26.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16547,51 +16276,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J466" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="31">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -17122,27 +16851,5608 @@
         <x:n v="33.4"/>
         <x:n v="113596"/>
         <x:n v="87920"/>
         <x:n v="9725"/>
         <x:n v="15951"/>
         <x:n v="29174"/>
         <x:n v="18886"/>
         <x:n v="3701"/>
         <x:n v="6587"/>
         <x:n v="60486"/>
         <x:n v="51386"/>
         <x:n v="3756"/>
         <x:n v="5344"/>
         <x:n v="15"/>
         <x:n v="23936"/>
         <x:n v="17648"/>
         <x:n v="2268"/>
         <x:n v="4020"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3458479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="2697735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="177915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="582829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1763590"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1380503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="66650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="316437"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="41293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9317"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="979007"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="798869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="180138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="96384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="75517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="74423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="53307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="55745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="38855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="30137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="97799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="73666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16172"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="84936"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="64666"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="41976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="64536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="43049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="106822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="85619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="73532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="56474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1028562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="817298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="57609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="153655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="81316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="62789"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="412780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="358359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="18564"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="35857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="123416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="95094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="174977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="128075"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="37065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="141814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="102104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="11071"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="28639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="94259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="70877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="18053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="438275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="316801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="36688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="84786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="185921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="142465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="12401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="31055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="16426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="118541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="86449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="10302"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="21790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="50820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="32570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="55618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="38891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="228052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="183133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="16968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="40743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="121020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="104829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="48404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="37561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1717314"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1373336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="75784"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="268194"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="875515"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="696643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="28109"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="150763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20545"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="15060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="484469"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="394738"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="89731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="48429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="38947"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="37260"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28006"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6929"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27782"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20590"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15029"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="10749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="48752"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="37259"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7822"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="42427"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="33953"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5133"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29540"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="22136"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="31765"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="22405"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6782"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="53060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="43792"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6062"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="36457"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="29008"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="509513"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="415413"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="25176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="68924"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="40222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="32570"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5583"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="204516"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="179486"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8439"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16591"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="61202"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="49041"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8962"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="86404"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="65161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16869"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="70361"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="53141"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4727"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12493"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="46808"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="36014"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8426"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="217830"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="166067"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="15256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="36507"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="92736"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="73763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13877"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13748"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="9171"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3192"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="44989"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4273"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="25136"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="17776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5134"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27794"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20368"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="114456"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="95213"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7243"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12000"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21857"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="60534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="53443"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19913"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1741165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1324399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="102131"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="314635"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="888075"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="683860"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="38541"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="165674"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="13434"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="494538"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="404131"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="90407"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="47955"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="36570"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7153"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="37163"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="25301"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27963"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18265"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6991"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="9262"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="49047"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="36407"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8350"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="42509"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="30713"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4879"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19840"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="32771"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20644"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3481"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8646"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="53762"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="41827"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="37075"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="27466"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="519049"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="401885"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="32433"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="84731"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="41094"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="30219"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7865"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="208264"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="178873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="10125"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="19266"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="62214"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="46053"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4530"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="88573"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="62914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20196"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="71453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="48963"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16146"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="47451"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="34863"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9627"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="220445"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="150734"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="21432"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="48279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="93185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="68702"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7305"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="17178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13627"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="7255"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="60125"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="41460"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="25684"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="14794"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7563"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="113596"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="87920"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9725"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15951"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29174"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6587"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="60486"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="51386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23936"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="17648"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0431C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+</pivotCacheRecords>
 </file>