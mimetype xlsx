--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027f6dd0ad744112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b442fa3faae444ec977e83b4acc7b03f.psmdcp" Id="R11bf701e751f4261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2195a3c0891b4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6e2d7f41f3b4c16a12c5e34d386cf92.psmdcp" Id="R164f64b41d7b4429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0427</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/22/2020 11:00:00 AM</x:t>
+    <x:t>22/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0427/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -532,419 +532,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of Previous Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N571" totalsRowShown="0">
   <x:autoFilter ref="A1:N571"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Birthplace"/>
     <x:tableColumn id="9" name="C02719V03286A"/>
     <x:tableColumn id="10" name="Country of Previous Residence"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1219,51 +990,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0427/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1450,51 +1221,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N571"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="120.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="40.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -26612,51 +26383,51 @@
       <x:c r="K571" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N571" s="0">
         <x:v>884</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26673,51 +26444,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N571" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0427"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="225"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -27341,27 +27112,9148 @@
         <x:n v="1318"/>
         <x:n v="1051"/>
         <x:n v="18"/>
         <x:n v="114"/>
         <x:n v="259"/>
         <x:n v="1442"/>
         <x:n v="315"/>
         <x:n v="28"/>
         <x:n v="434"/>
         <x:n v="2039"/>
         <x:n v="46"/>
         <x:n v="400"/>
         <x:n v="499"/>
         <x:n v="2984"/>
         <x:n v="638"/>
         <x:n v="45"/>
         <x:n v="61"/>
         <x:n v="140"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220252"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24139"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39727"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82708"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366826"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154926"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27613"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18955"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76124"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277618"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108249"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18566"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39007"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177108"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75798"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13049"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8812"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39841"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137500"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112003"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12853"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21161"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43701"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189718"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79128"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14564"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10143"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36283"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140118"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8377"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4201"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10845"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19050"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9803"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9247"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4589"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12297"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20098"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6184"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10130"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6113"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9968"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7417"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7499"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13616"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6770"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5336"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5457"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14250"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7988"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9486"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22117"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4899"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10274"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7931"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11843"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13000"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14382"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34402"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13173"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5720"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14201"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34508"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5329"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14800"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7224"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16725"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7671"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8063"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19602"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6867"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6977"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17783"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23471"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4512"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9950"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43623"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12166"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39233"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19707"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10018"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6628"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19797"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13158"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23916"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10453"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5538"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19436"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27178"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7040"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8730"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46512"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21321"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8217"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35135"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13698"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22869"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10503"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17703"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13480"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23643"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10818"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17432"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16423"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6603"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30083"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15251"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24626"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8450"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15103"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12340"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7973"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3556"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14980"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12286"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15588"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26192"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10156"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15686"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7598"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12781"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7800"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13411"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7886"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19469"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28573"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8674"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12652"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9938"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14274"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14299"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6395"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23664"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5473"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32780"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7452"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10407"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12475"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16717"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11189"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16063"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5359"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21762"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28972"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11599"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14988"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10163"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13984"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3779"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18365"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24199"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5169"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9817"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12600"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8548"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11599"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12820"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17221"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6446"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6374"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8721"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11907"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6529"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6973"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0427"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+</pivotCacheRecords>
 </file>