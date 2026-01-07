--- v0 (2025-11-15)
+++ v1 (2026-01-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref55f98f04e044e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cc3041c104e494daa9f8d93f5a8cf87.psmdcp" Id="R9cb00c47ab7a4bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c85d8f269494b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf0f63b8a8454ea9a1e060903c34dbbd.psmdcp" Id="R7beee7dcf7ea4601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0426</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0426/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,387 +514,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of Previous Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L286" totalsRowShown="0">
   <x:autoFilter ref="A1:L286"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Country of Previous Residence"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1167,51 +956,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0426/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1398,51 +1187,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L286"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="120.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12302,51 +12091,51 @@
       <x:c r="I286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L286" s="0">
         <x:v>3868</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12363,51 +12152,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L286" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0426"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="225"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -12762,27 +12551,4018 @@
         <x:n v="488"/>
         <x:n v="772"/>
         <x:n v="4992"/>
         <x:n v="4043"/>
         <x:n v="127"/>
         <x:n v="603"/>
         <x:n v="971"/>
         <x:n v="5744"/>
         <x:n v="1366"/>
         <x:n v="36"/>
         <x:n v="142"/>
         <x:n v="332"/>
         <x:n v="1876"/>
         <x:n v="2677"/>
         <x:n v="91"/>
         <x:n v="461"/>
         <x:n v="639"/>
         <x:n v="3868"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375178"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51752"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58682"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158832"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644444"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184047"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24335"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27378"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78848"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314608"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191131"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27417"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31304"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79984"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329836"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4181"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9916"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4991"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4925"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11832"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6463"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22218"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6119"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3294"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11470"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5713"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3169"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10748"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14074"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6479"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24687"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7108"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12519"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12168"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10749"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6918"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21033"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10566"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10467"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13324"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5840"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14943"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36367"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5864"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7521"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16593"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7460"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7422"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19774"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26173"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9516"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28583"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68910"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11635"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13543"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31525"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14538"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15040"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37385"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43942"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8928"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7870"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22116"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82856"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20331"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4301"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11151"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39504"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23611"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4627"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10965"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43352"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48499"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6490"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9711"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16947"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81647"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24201"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4585"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8521"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40572"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24298"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8426"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41075"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31674"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6449"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12032"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54709"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15852"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6070"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27443"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15822"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5962"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27266"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25744"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41878"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12579"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20581"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13165"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21297"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28143"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7700"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41225"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14183"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20531"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13960"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3881"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20694"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31116"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7032"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43187"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16098"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21765"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15018"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3535"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21422"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27203"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4996"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36489"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14296"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18726"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12907"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17763"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22166"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29368"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11756"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15243"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10410"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14125"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15551"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21164"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7844"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10567"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7707"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10597"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10519"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14466"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7918"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6245"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8580"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4043"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5744"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="B0426"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3868"/>
+  </r>
+</pivotCacheRecords>
 </file>