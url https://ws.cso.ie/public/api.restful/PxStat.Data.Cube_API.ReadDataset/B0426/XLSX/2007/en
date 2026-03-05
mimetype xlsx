--- v1 (2026-01-07)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c85d8f269494b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf0f63b8a8454ea9a1e060903c34dbbd.psmdcp" Id="R7beee7dcf7ea4601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711a11d82244486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bac0ed59078245338ca849224573c232.psmdcp" Id="R043df84ddb5c4af8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>