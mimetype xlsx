--- v0 (2025-11-13)
+++ v1 (2026-03-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d07fd09b4f4a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d0596930e694456984e8d193535b45f.psmdcp" Id="Rff39bea03aef469d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b25b53acd44354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8de095e05b4449f48c3f4c226cb3efb6.psmdcp" Id="R73c93e4f3d024ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0425</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0425/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year of taking up Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L730" totalsRowShown="0">
   <x:autoFilter ref="A1:L730"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County of Usual Residence"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Year of taking up Residence"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0425/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L730"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="120.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -29342,51 +29059,51 @@
       <x:c r="I730" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J730" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K730" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L730" s="0">
         <x:v>243</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29403,51 +29120,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L730" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0425"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -30193,27 +29910,10234 @@
         <x:n v="393"/>
         <x:n v="645"/>
         <x:n v="1442"/>
         <x:n v="14751"/>
         <x:n v="203"/>
         <x:n v="403"/>
         <x:n v="1080"/>
         <x:n v="2797"/>
         <x:n v="2316"/>
         <x:n v="2150"/>
         <x:n v="5038"/>
         <x:n v="764"/>
         <x:n v="4096"/>
         <x:n v="122"/>
         <x:n v="410"/>
         <x:n v="801"/>
         <x:n v="622"/>
         <x:n v="1252"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644444"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16048"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50615"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86697"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89258"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98379"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252383"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43544"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192772"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4672"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14421"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20741"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23908"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26342"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84907"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15270"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25765"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4235"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10861"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11603"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7174"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14236"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20930"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8354"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7885"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11421"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16931"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20357"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7396"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19030"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7281"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66331"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8366"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9652"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10534"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25581"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23823"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8060"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24976"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9133"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20375"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2915"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15069"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5444"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40308"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6060"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6587"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15399"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5174"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24898"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4294"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3535"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8632"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9842"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3586"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8354"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28279"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5292"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4179"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9871"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7737"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314608"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24467"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41534"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42847"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48162"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125314"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22386"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93884"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7191"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10053"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11382"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12610"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41600"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7777"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5610"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5622"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10412"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9921"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9289"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32130"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5135"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12564"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11506"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4006"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12444"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10156"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3179"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7548"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13528"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329836"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8992"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26148"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45163"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46411"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50217"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127069"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21158"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98888"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7230"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12526"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13732"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43307"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12767"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5251"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7368"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10518"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5770"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8745"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10436"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3716"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9741"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34201"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13017"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12317"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12532"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10219"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7757"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20796"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7851"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12623"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5361"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14751"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5038"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="B0425"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+</pivotCacheRecords>
 </file>