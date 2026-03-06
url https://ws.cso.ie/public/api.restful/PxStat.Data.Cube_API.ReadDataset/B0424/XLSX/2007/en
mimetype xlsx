--- v0 (2025-11-15)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239862ebbe8a45b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec4a41dc669e4e34b823b98008cd2b95.psmdcp" Id="R35267ec0510b4ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7935032db2114b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fc887cb43dc4c90b65df612150a0c73.psmdcp" Id="Rda3e3353a3eb4c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0424</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged One Year and Over Usually Resident and Present by Country of Previous Residence and Percentage who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0424/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -574,443 +574,184 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J568" totalsRowShown="0">
   <x:autoFilter ref="A1:J568"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="County of Usual Residence"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1281,51 +1022,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0424/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1512,51 +1253,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J568"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="26.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -19722,51 +19463,51 @@
       <x:c r="G568" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I568" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J568" s="0">
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19783,51 +19524,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J568" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="27">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
@@ -20441,27 +20182,6832 @@
         <x:n v="3013"/>
         <x:n v="130"/>
         <x:n v="497"/>
         <x:n v="658"/>
         <x:n v="26792"/>
         <x:n v="14751"/>
         <x:n v="11650"/>
         <x:n v="360"/>
         <x:n v="1046"/>
         <x:n v="1695"/>
         <x:n v="66779"/>
         <x:n v="22.1"/>
         <x:n v="4096"/>
         <x:n v="2943"/>
         <x:n v="74"/>
         <x:n v="362"/>
         <x:n v="717"/>
         <x:n v="25296"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="644444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="375178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="51752"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="58682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="158832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="3804355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="44922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="192772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="86304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="24350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="17243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="64875"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="1090177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="25765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="14400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="7329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="159709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="77987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="56997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="30442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="14236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="99414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="20930"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="12229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="5305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="130988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="62452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="69958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="16931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="113839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="20357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="111844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="19030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="99778"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="66331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="38968"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="6167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="15600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="436451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="23823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="15408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="125873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="24976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="15254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="5768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="168847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="20375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="14025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="137588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="15069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="9845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="98206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="40308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="24147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="5342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="200178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="25283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="24898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="18496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="114189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="52484"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="56392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="55022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="28279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="22248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="133790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5347"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="51545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="314608"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="184047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="24335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="27378"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="78848"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="1888590"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="22744"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="93884"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="42956"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="11174"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="8121"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="31633"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="527629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7241"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="80373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5622"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="39435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="29011"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="15449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="49206"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10412"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="66214"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="31638"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="34906"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5670"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="56773"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5673"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="55600"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9289"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="50304"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="32130"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="18938"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="7661"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="216463"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11506"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="63358"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12444"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="84366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6898"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="69597"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="48817"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="99893"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="9225"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="57585"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26833"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="27888"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="28230"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="13528"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="10598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="67011"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26249"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="329836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="191131"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="27417"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="31304"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="79984"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="1915765"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="22178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="98888"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="43348"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="13176"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="9122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="33242"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="562548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12767"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="79336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="38552"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="27986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="14993"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7368"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="50208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10518"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6176"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="64774"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="30814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5770"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="35052"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8745"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="57066"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="56244"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9741"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5666"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="49474"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="34201"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="20030"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="219988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7965"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="62515"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12532"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="84481"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10219"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="67991"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7757"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5094"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="49389"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="20796"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="12274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="100285"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="12265"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12623"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="9271"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="56604"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="25651"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5361"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="28504"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26792"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="14751"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11650"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="66779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="25296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0424C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+</pivotCacheRecords>
 </file>