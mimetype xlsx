--- v0 (2025-11-09)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0776fc2e3fd44897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/586e89d07df54bc8803d7a9ba8ce3199.psmdcp" Id="Re2003188d79f433e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra38926c9705f4ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8b658bcc99a4338a29aa57458c03ce3.psmdcp" Id="R26bd79fbbc934e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0411</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/22/2020 11:00:00 AM</x:t>
+    <x:t>22/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0411/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -541,427 +541,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Usual Residence One Year Ago" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L235" totalsRowShown="0">
   <x:autoFilter ref="A1:L235"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02719V03286A"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Usual Residence One Year Ago"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1234,51 +993,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0411/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1465,51 +1224,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L235"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="139.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10431,51 +10190,51 @@
       <x:c r="I235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L235" s="0">
         <x:v>38575</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10492,51 +10251,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L235" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0411"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -10829,27 +10588,3304 @@
         <x:n v="93"/>
         <x:n v="119"/>
         <x:n v="1196"/>
         <x:n v="1077"/>
         <x:n v="39"/>
         <x:n v="366"/>
         <x:n v="1142"/>
         <x:n v="293"/>
         <x:n v="3730"/>
         <x:n v="3645"/>
         <x:n v="3784"/>
         <x:n v="3118"/>
         <x:n v="363"/>
         <x:n v="388"/>
         <x:n v="4374"/>
         <x:n v="418"/>
         <x:n v="208"/>
         <x:n v="38575"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8605"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6197"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25579"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11745"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6604"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50525"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20350"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8335"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7087"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7921"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76104"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11920"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5920"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25609"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9874"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3714"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37529"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13659"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5825"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24916"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10476"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3730"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3784"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B0411"/>
+    <s v="2002 Population Aged One Year and Over Usually Resident and Present in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38575"/>
+  </r>
+</pivotCacheRecords>
 </file>