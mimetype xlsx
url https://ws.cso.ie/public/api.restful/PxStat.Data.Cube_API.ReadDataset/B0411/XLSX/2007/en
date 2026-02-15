--- v1 (2025-12-30)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra38926c9705f4ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8b658bcc99a4338a29aa57458c03ce3.psmdcp" Id="R26bd79fbbc934e91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0afccf7a4dd84700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/76f6e02437804a4cafd53b687d34537e.psmdcp" Id="R7df284520e754988" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>