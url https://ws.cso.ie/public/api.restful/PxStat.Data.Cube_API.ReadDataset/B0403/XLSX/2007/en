--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2d62ece1584afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ec29f0616214c548b6bbc65f82e74aa.psmdcp" Id="R71e6e050b6354ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb132fb9fb4ac41b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/291ad16e2e3641cd82036528c44e7d30.psmdcp" Id="R43770523a3bb4075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0403</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0403/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -562,483 +562,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02773V03342" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Enumerated and Usually Resident or Absent" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L730" totalsRowShown="0">
   <x:autoFilter ref="A1:L730"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="County"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02773V03342"/>
     <x:tableColumn id="8" name="Enumerated and Usually Resident or Absent"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1311,51 +1028,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0403/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1542,51 +1259,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L730"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="61.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -29318,51 +29035,51 @@
       <x:c r="I730" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J730" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K730" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L730" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29379,51 +29096,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L730" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0403"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="27">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
@@ -30146,27 +29863,10234 @@
         <x:n v="746"/>
         <x:n v="52220"/>
         <x:n v="1309"/>
         <x:n v="935"/>
         <x:n v="368"/>
         <x:n v="26806"/>
         <x:n v="254"/>
         <x:n v="26606"/>
         <x:n v="673"/>
         <x:n v="482"/>
         <x:n v="188"/>
         <x:n v="25787"/>
         <x:n v="256"/>
         <x:n v="328"/>
         <x:n v="411"/>
         <x:n v="25614"/>
         <x:n v="636"/>
         <x:n v="180"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58708"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64764"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64764"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858495"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107846"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80164"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27052"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29941"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30557"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30557"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1916223"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54268"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39852"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14073"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28767"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34207"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34207"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1942272"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53578"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40312"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12979"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46014"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45638"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23403"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23128"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22611"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22510"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122821"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21299"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12932"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16544"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1105134"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33126"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22000"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10934"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544075"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10574"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7779"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535185"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16453"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10851"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578746"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10725"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6837"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8765"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569949"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16673"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11149"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5436"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163944"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162554"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82735"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81892"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81209"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80662"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80339"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79101"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40540"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39986"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39799"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39115"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58774"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57926"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30131"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29479"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28643"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28447"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31068"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30919"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15794"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15696"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15274"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15223"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101821"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101138"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50489"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50167"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51332"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50971"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134005"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133300"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67733"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67391"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66272"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65909"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63663"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63404"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32185"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32106"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31478"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31298"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71858"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71013"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35960"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35430"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35898"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35583"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116596"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115492"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58170"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57657"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58426"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57835"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114676"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113436"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56800"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56414"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57876"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57022"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103277"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101255"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52063"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51062"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51214"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50193"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447829"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5515"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442444"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12798"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9731"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222317"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219499"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6242"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225512"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222945"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6556"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132527"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127477"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66572"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64163"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65955"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63314"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175304"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5245"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171112"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5235"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4300"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87631"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85529"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87673"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85583"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140131"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139441"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70863"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70527"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69268"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68914"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101546"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99632"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50672"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49544"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50874"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50088"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209077"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202958"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5513"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104367"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101304"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3246"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104710"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101654"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3523"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25799"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25609"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13324"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13181"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12475"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12428"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117446"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115583"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59149"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58289"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58297"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57294"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53774"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53123"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27583"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27166"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26191"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25957"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58200"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57087"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28771"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28237"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29429"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28850"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56546"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55743"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29015"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28594"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27531"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27149"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137575"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135756"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69016"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67991"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68559"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67765"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52593"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52220"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26806"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26606"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25787"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25614"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Persons absent for less than 3 months - total absent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Persons absent for less than 3 months - absent in State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Persons absent for less than 3 months - absent outside State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B0403"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Persons absent for less than 3 months - not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+</pivotCacheRecords>
 </file>