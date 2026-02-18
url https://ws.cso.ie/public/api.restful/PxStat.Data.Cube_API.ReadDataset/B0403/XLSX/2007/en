--- v1 (2025-12-25)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb132fb9fb4ac41b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/291ad16e2e3641cd82036528c44e7d30.psmdcp" Id="R43770523a3bb4075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd45d21120304027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eed199d9f80d4720ab7910b83ad965fc.psmdcp" Id="R961356a1168a4dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>