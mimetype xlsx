--- v0 (2025-10-03)
+++ v1 (2025-11-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad09d0e90d94c6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b68abc9a0ae945a2ab062aa1a14e1a3e.psmdcp" Id="R2b128a2be446442e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca52747ea5fc4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c3f0018750244d7a41b0e9977f55eb9.psmdcp" Id="R320b7d88057b4877" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0335</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0335/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,403 +514,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02245V02720" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Wife in Relation to Husbands Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Husband" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02785V03354" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Children" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L841" totalsRowShown="0">
   <x:autoFilter ref="A1:L841"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02245V02720"/>
     <x:tableColumn id="4" name="Age of Wife in Relation to Husbands Age"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="Age of Husband"/>
     <x:tableColumn id="7" name="C02785V03354"/>
     <x:tableColumn id="8" name="Number of Children"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1183,51 +960,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0335/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1414,51 +1191,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L841"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -33408,51 +33185,51 @@
       <x:c r="I841" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J841" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L841" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33469,51 +33246,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L841" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0335"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Family Units in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02245V02720">
       <x:sharedItems count="10">
         <x:s v="-"/>
         <x:s v="02"/>
         <x:s v="09"/>
         <x:s v="08"/>
         <x:s v="07"/>
         <x:s v="06"/>
         <x:s v="05"/>
         <x:s v="04"/>
         <x:s v="03"/>
         <x:s v="01"/>
       </x:sharedItems>
@@ -34192,27 +33969,11788 @@
         <x:n v="88"/>
         <x:n v="210"/>
         <x:n v="74"/>
         <x:n v="15"/>
         <x:n v="299"/>
         <x:n v="166"/>
         <x:n v="137"/>
         <x:n v="54"/>
         <x:n v="306"/>
         <x:n v="146"/>
         <x:n v="72"/>
         <x:n v="96"/>
         <x:n v="240"/>
         <x:n v="269"/>
         <x:n v="207"/>
         <x:n v="47"/>
         <x:n v="198"/>
         <x:n v="276"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232857"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162675"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191126"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115872"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47195"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13736"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6456"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26295"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10868"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5827"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30360"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22190"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21665"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8378"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16569"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17501"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35144"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21762"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7661"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10765"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12102"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34712"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27015"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11869"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10144"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14129"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30841"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23848"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10979"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14842"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19613"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25667"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16759"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7426"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21243"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21321"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17764"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9217"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3868"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24156"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16064"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9421"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4000"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71692"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26138"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9349"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17260"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10571"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9293"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5209"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9140"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45103"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30731"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32469"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19279"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8329"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5308"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3750"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5589"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19206"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8177"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3128"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65713"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48319"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59762"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37241"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15389"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7152"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10333"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6625"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5863"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11311"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6506"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11304"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9360"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10123"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8337"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3859"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6197"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8605"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7311"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6029"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7555"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5205"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2907"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19517"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6674"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27730"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20715"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26848"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16728"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6757"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4268"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3639"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5633"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3855"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5167"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6519"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25547"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18679"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24143"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15168"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4589"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17474"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12479"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15544"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9557"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22795"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15304"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17543"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10045"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8806"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5032"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0335"/>
+    <s v="2002 Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>