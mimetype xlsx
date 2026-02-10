--- v1 (2025-11-30)
+++ v2 (2026-02-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca52747ea5fc4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c3f0018750244d7a41b0e9977f55eb9.psmdcp" Id="R320b7d88057b4877" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8354aba539044d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46f92b2e04534f3e82d3ecde5a9adc2c.psmdcp" Id="R1582e93a81154e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>