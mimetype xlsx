--- v2 (2026-02-10)
+++ v3 (2026-03-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8354aba539044d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46f92b2e04534f3e82d3ecde5a9adc2c.psmdcp" Id="R1582e93a81154e0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5755274e61c84066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88c9eba057af4443827bca32f54fefda.psmdcp" Id="Rd119e438eba945b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>