--- v0 (2025-11-09)
+++ v1 (2026-01-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eacb2f87a384bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f007f7db2da4ccc892964da8c801aba.psmdcp" Id="Re95d9ce626f046a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf750c2369c1344ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/197ef864d6b04f6ebe1a3978db100351.psmdcp" Id="Re064d48666db4ba2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0334</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/22/2020 11:00:00 AM</x:t>
+    <x:t>22/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0334/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -532,403 +532,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Parent" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Children in Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L625" totalsRowShown="0">
   <x:autoFilter ref="A1:L625"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age of Parent"/>
     <x:tableColumn id="5" name="C02258V02730"/>
     <x:tableColumn id="6" name="Children in Family Unit"/>
     <x:tableColumn id="7" name="C02258V02730A"/>
     <x:tableColumn id="8" name="Type of Family Unit"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1201,51 +978,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0334/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1432,51 +1209,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L625"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="64.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="59.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25218,51 +24995,51 @@
       <x:c r="I625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L625" s="0">
         <x:v>1256</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25279,51 +25056,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L625" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0334"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="355"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
@@ -25799,27 +25576,8764 @@
         <x:n v="216"/>
         <x:n v="22812"/>
         <x:n v="5252"/>
         <x:n v="17206"/>
         <x:n v="25904"/>
         <x:n v="305"/>
         <x:n v="5749"/>
         <x:n v="1466"/>
         <x:n v="4709"/>
         <x:n v="9023"/>
         <x:n v="10"/>
         <x:n v="1289"/>
         <x:n v="361"/>
         <x:n v="1126"/>
         <x:n v="2877"/>
         <x:n v="366"/>
         <x:n v="371"/>
         <x:n v="1256"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232857"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232857"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11170"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48673"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48673"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13039"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24915"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24915"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43152"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10830"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89087"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89087"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8127"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56824"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56824"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11824"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67753"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67753"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17389"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66549"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66549"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35501"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35501"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6586"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51970"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51970"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28401"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28401"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22369"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22369"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34450"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34450"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11252"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11252"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12023"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6456"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5051"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32974"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26295"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9177"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8799"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5380"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26892"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30360"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18870"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18859"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3869"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21640"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17879"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6152"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10119"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7204"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4407"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13211"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16569"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8891"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12021"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5202"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18422"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20625"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18158"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13983"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15334"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14538"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10652"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7123"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9288"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7510"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9671"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10765"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5424"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5284"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4318"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8892"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22691"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21646"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8807"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19691"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16874"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7483"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11491"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8960"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11216"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10144"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4593"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11547"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8312"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13895"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16250"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15204"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12165"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13861"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15895"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7349"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5465"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11461"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11563"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17677"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14842"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4579"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19556"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16101"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7860"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18543"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17164"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7571"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9228"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8628"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24922"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21243"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20804"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19693"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13652"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14810"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5762"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26440"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24156"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14407"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15547"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6492"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8623"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56842"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="No children"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71692"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="One child aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="604"/>
+    <s v="One child aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22812"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17206"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="605"/>
+    <s v="One child aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25904"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="606"/>
+    <s v="Two children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="607"/>
+    <s v="Two children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5749"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4709"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="608"/>
+    <s v="Two children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9023"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="609"/>
+    <s v="Three children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="610"/>
+    <s v="Three children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="611"/>
+    <s v="Three children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="612"/>
+    <s v="Four or more children where youngest child is aged - 0-4 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="613"/>
+    <s v="Four or more children where youngest child is aged - 5-14 years"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="600"/>
+    <s v="Females in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="B0334"/>
+    <s v="2002 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="614"/>
+    <s v="Four or more children where youngest child is aged - 15 years and over"/>
+    <s v="601"/>
+    <s v="Males in husband and wife / cohabiting couple  type family unit"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+</pivotCacheRecords>
 </file>