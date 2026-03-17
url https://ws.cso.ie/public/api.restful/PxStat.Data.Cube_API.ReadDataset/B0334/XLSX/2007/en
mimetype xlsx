--- v1 (2026-01-28)
+++ v2 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf750c2369c1344ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/197ef864d6b04f6ebe1a3978db100351.psmdcp" Id="Re064d48666db4ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51984813059d47c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd5466254c6b44abbd5a5591e48669e5.psmdcp" Id="R7892709cf52c4a44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>