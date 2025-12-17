--- v0 (2025-10-03)
+++ v1 (2025-12-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca6950137bc7426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78acafa243464cd184d7c871402feed9.psmdcp" Id="Rdaf4c9fd860243b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb246f4c2a5d4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aba3a5b8c7bb4bfa9cee4240da84266a.psmdcp" Id="R8bf45f68904e4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0330</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0330/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,355 +493,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02256V02728" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Children per Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L701" totalsRowShown="0">
   <x:autoFilter ref="A1:L701"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group of Child"/>
     <x:tableColumn id="3" name="C02256V02728"/>
     <x:tableColumn id="4" name="Children per Family Unit"/>
     <x:tableColumn id="5" name="C02258V02730"/>
     <x:tableColumn id="6" name="Type of Family Unit"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1114,51 +927,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0330/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1345,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L701"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="25.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28019,51 +27832,51 @@
       <x:c r="I701" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L701" s="0">
         <x:v>33705</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28080,51 +27893,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L701" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="320"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Child">
       <x:sharedItems count="5">
         <x:s v="All ages"/>
         <x:s v="0 - 4 years"/>
         <x:s v="5 - 9 years"/>
         <x:s v="10 - 14 years"/>
         <x:s v="15 years and over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02256V02728">
       <x:sharedItems count="10">
         <x:s v="-"/>
         <x:s v="8"/>
         <x:s v="9"/>
@@ -28541,27 +28354,9828 @@
         <x:n v="2715"/>
         <x:n v="183"/>
         <x:n v="2222"/>
         <x:n v="59"/>
         <x:n v="33"/>
         <x:n v="367"/>
         <x:n v="9"/>
         <x:n v="67"/>
         <x:n v="485173"/>
         <x:n v="889377"/>
         <x:n v="351364"/>
         <x:n v="687769"/>
         <x:n v="4538"/>
         <x:n v="13638"/>
         <x:n v="103323"/>
         <x:n v="154265"/>
         <x:n v="25948"/>
         <x:n v="33705"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="924464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="924464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="184950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="184950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="47907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="47907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="508035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="508035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="29709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="29709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="130364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="130364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="23499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="23499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="232857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="232857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="184950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="184950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="47907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="47907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="243132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="243132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="146943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="146943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="15732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="15732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="67361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="67361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="13096"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="13096"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="234825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="234825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="182328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="182328"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="8798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="8798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="37340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="37340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="6359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="6359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="134731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="134731"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="112545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="112545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="16205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="16205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="54285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="54285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="45981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="45981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="6157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="16236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="16236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="13332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="13332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1470819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1470819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1145514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1145514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="51725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="51725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="233516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="233516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="40064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="40064"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="191358"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="92361"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="144691"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="64754"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="18676"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="26373"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="13991"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="60657"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="60657"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="38513"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="38513"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="10160"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10160"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="11170"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="11170"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="65372"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="28161"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="51446"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="23208"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="8127"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="33494"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="16807"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="14216"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5395"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="427367"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="127822"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="338572"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="94211"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="32128"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="15333"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="53562"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="17096"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3105"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="111648"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="92625"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="85679"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="69239"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5308"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="6742"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="18842"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="15571"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="20579"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="20579"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="10087"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10087"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="7303"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="7303"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="39791"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="43746"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="31791"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="34659"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5835"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="30168"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="22402"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="25812"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="19436"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="14075"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5094"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="12120"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="286078"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="199804"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="232236"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="158697"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="12465"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="39827"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="26927"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="108074"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="103228"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="85247"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="79985"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4599"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="16775"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="18827"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="18827"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="10927"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10927"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="41292"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="39523"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="33406"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="31087"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5964"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="6071"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="29411"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="29274"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="25078"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="24757"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="12872"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="11542"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="11040"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="9920"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="272201"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="253816"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="223342"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="204837"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="36804"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="35228"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="6764"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="280527"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="403393"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="192418"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="294057"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5740"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="68100"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="84027"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="17138"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="19569"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="143069"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="143069"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="87416"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="87416"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="43152"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="43152"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="10830"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10830"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="88370"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="123395"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="65685"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="93374"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="17389"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="22877"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="35339"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="79715"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="28161"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="65494"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10814"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="10531"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="37457"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="8605"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="31491"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="12633"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10388"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="485173"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="889377"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="351364"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="687769"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="13638"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="103323"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="154265"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="25948"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="33705"/>
+  </r>
+</pivotCacheRecords>
 </file>