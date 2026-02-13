--- v1 (2025-12-17)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb246f4c2a5d4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aba3a5b8c7bb4bfa9cee4240da84266a.psmdcp" Id="R8bf45f68904e4b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03b94197824d4b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1f5ef3004de4d32aee9fce2fc0aff7b.psmdcp" Id="R20673196c7b6481e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>