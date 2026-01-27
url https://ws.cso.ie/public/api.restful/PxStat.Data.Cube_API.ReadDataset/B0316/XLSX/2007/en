--- v0 (2025-10-07)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b326556a98d4289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3f394a3ecba4cf48be6282e200260ad.psmdcp" Id="R1e5907ed21d644ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cffdb35251c4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f57348ccfd364ac0826747f1ec1b8425.psmdcp" Id="Rcdbf198b8d294b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B0316</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households with Persons Aged 18 Years and Under</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0316/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -649,563 +649,220 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L265" totalsRowShown="0">
   <x:autoFilter ref="A1:L265"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02254V02726"/>
     <x:tableColumn id="6" name="Persons per Household"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1478,51 +1135,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B0316/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1709,51 +1366,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="58.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11815,51 +11472,51 @@
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>5678</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11876,51 +11533,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B0316"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households with Persons Aged 18 Years and Under"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="3">
         <x:s v="240"/>
         <x:s v="250"/>
         <x:s v="275"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="3">
         <x:s v="Under 5 years"/>
         <x:s v="5 - 12 years"/>
         <x:s v="13 - 18 years"/>
       </x:sharedItems>
@@ -12298,27 +11955,3724 @@
         <x:n v="11834"/>
         <x:n v="5926"/>
         <x:n v="7850"/>
         <x:n v="9386"/>
         <x:n v="3917"/>
         <x:n v="5469"/>
         <x:n v="45593"/>
         <x:n v="19538"/>
         <x:n v="5143"/>
         <x:n v="14395"/>
         <x:n v="2532"/>
         <x:n v="12255"/>
         <x:n v="5553"/>
         <x:n v="5715"/>
         <x:n v="25862"/>
         <x:n v="5741"/>
         <x:n v="14443"/>
         <x:n v="5678"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210598"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116190"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57272"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8786"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12095"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14521"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10643"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8488"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6733"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57950"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5687"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23598"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18329"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6447"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9033"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22905"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10500"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7695"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13553"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7749"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273610"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149890"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72930"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27440"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11547"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15399"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18544"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13953"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5684"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4646"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11137"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8703"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8515"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75232"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7494"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30691"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6589"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24102"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8350"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11686"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8095"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5512"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7130"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30423"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13917"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10303"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7618"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18065"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10295"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3639"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281520"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151060"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74666"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27973"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12893"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15383"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18417"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13156"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6050"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10580"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5546"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9123"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8962"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79311"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7756"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32102"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7593"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24509"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9086"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12321"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8688"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7497"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4307"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32350"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3610"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10629"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8349"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4077"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18799"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10662"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3953"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431350"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227700"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5158"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110842"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40906"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19630"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22908"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27398"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19758"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9473"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7068"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11565"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16208"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7746"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8599"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14035"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13564"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121804"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49350"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11230"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38120"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14121"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18714"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13389"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7064"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9260"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11248"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4618"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6630"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51736"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22730"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5425"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17305"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13555"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6160"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6382"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30110"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6836"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16947"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6327"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253890"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134084"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67051"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24882"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11419"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13676"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17074"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11061"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5615"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6827"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9168"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4373"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7955"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7800"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71914"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6787"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28901"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7530"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21371"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8378"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11461"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6766"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30804"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13356"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9697"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8103"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17088"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3743"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9566"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3779"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361420"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187394"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91989"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33619"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15555"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19086"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23729"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15538"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8024"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6005"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9653"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13076"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6337"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11340"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10790"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102571"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9651"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41315"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10334"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30981"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16250"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5926"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7850"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9386"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45593"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19538"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14395"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12255"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25862"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14443"/>
+  </r>
+  <r>
+    <s v="B0316"/>
+    <s v="2002 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+</pivotCacheRecords>
 </file>