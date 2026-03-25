--- v1 (2026-01-27)
+++ v2 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cffdb35251c4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f57348ccfd364ac0826747f1ec1b8425.psmdcp" Id="Rcdbf198b8d294b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a0386de7df405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/defd66e7ae48407fb1d83ef9e5b03088.psmdcp" Id="Red73640105fb4d8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>